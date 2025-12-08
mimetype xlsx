--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="23">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Duchcov C na kuželně Kovostroj Děčín</t>
   </si>
   <si>
     <t>Karel Kratochvíl</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>27.9.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jiří Semelka</t>
   </si>
   <si>
     <t>30.1.2025</t>
   </si>
@@ -538,368 +541,377 @@
   <sheetData>
     <row r="1" spans="1:8" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>6</v>
       </c>
+      <c r="G3" s="6" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="4" spans="1:8">
       <c r="B4" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C4" s="4">
         <v>408</v>
       </c>
       <c r="D4" s="4">
+        <v>408</v>
+      </c>
+      <c r="E4" s="4">
         <v>399</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>421</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>399</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="B5" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
+        <v>100</v>
+      </c>
+      <c r="G5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="B8" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C8" s="4">
         <v>433</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="B9" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="B12" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C12" s="4">
         <v>405</v>
       </c>
       <c r="D12" s="4">
         <v>413</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="B13" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="B16" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C16" s="4">
         <v>418</v>
       </c>
       <c r="D16" s="4">
         <v>422</v>
       </c>
       <c r="E16" s="4">
         <v>437</v>
       </c>
       <c r="F16" s="4">
         <v>448</v>
       </c>
       <c r="G16" s="4">
         <v>425</v>
       </c>
       <c r="H16" s="4">
         <v>413</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="B17" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B19" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="B20" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="B21" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B23" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="B24" s="1" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="B25" s="1" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="B28" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C28" s="4">
         <v>452</v>
       </c>
       <c r="D28" s="4">
         <v>404</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="B29" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="B32" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C32" s="4">
         <v>393</v>
       </c>
       <c r="D32" s="4">
         <v>417</v>
       </c>
       <c r="E32" s="4">
         <v>414</v>
       </c>
       <c r="F32" s="4">
         <v>434</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="B33" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="B36" s="5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C36" s="4">
         <v>319</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="B37" s="5" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>