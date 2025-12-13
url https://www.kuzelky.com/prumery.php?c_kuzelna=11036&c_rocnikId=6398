--- v0 (2025-12-08)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Výsledky hráčů družstva TJ Doksy B na kuželně Doksy</t>
   </si>
   <si>
     <t>Marek Kozák</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
@@ -122,186 +122,189 @@
   <si>
     <t>22.10.2021</t>
   </si>
   <si>
     <t>16.10.2021</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>19.9.2020</t>
   </si>
   <si>
     <t>22.2.2020</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Petr Mádl</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>5.11.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>1.11.2024</t>
   </si>
   <si>
     <t>20.9.2024</t>
   </si>
   <si>
     <t>15.3.2024</t>
   </si>
   <si>
     <t>9.2.2024</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>29.9.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
     <t>7.10.2022</t>
   </si>
   <si>
+    <t>Martina Chadrabová</t>
+  </si>
+  <si>
+    <t>11.3.2022</t>
+  </si>
+  <si>
+    <t>4.3.2022</t>
+  </si>
+  <si>
+    <t>18.2.2022</t>
+  </si>
+  <si>
+    <t>6.11.2021</t>
+  </si>
+  <si>
+    <t>7.3.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>23.11.2019</t>
+  </si>
+  <si>
+    <t>9.11.2019</t>
+  </si>
+  <si>
+    <t>26.10.2019</t>
+  </si>
+  <si>
+    <t>28.9.2019</t>
+  </si>
+  <si>
+    <t>19.9.2019</t>
+  </si>
+  <si>
+    <t>Kamila Klímová</t>
+  </si>
+  <si>
+    <t>1.3.2024</t>
+  </si>
+  <si>
+    <t>21.4.2023</t>
+  </si>
+  <si>
+    <t>10.3.2023</t>
+  </si>
+  <si>
+    <t>26.1.2022</t>
+  </si>
+  <si>
+    <t>3.12.2021</t>
+  </si>
+  <si>
+    <t>25.9.2020</t>
+  </si>
+  <si>
+    <t>5.3.2020</t>
+  </si>
+  <si>
+    <t>13.2.2020</t>
+  </si>
+  <si>
+    <t>30.1.2020</t>
+  </si>
+  <si>
+    <t>9.1.2020</t>
+  </si>
+  <si>
+    <t>5.12.2019</t>
+  </si>
+  <si>
+    <t>21.11.2019</t>
+  </si>
+  <si>
+    <t>7.11.2019</t>
+  </si>
+  <si>
+    <t>17.10.2019</t>
+  </si>
+  <si>
+    <t>3.10.2019</t>
+  </si>
+  <si>
+    <t>27.9.2019</t>
+  </si>
+  <si>
+    <t>Filip Doležal</t>
+  </si>
+  <si>
     <t>16.9.2022</t>
-  </si>
-[...88 lines deleted...]
-    <t>Filip Doležal</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>6.12.2019</t>
   </si>
   <si>
     <t>18.10.2019</t>
   </si>
   <si>
     <t>Václav Bláha st.</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
@@ -1118,224 +1121,224 @@
       </c>
       <c r="AE5" s="6">
         <v>100</v>
       </c>
       <c r="AF5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="F7" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="G7" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H7" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I7" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I7" s="6" t="s">
+      <c r="J7" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="J7" s="6" t="s">
+      <c r="K7" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="K7" s="6" t="s">
+      <c r="L7" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="L7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M7" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="N7" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="N7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O7" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="P7" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="P7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="R7" s="6" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="T7" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="U7" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AA7" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="AB7" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AB7" s="6" t="s">
+      <c r="AC7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AC7" s="6" t="s">
+      <c r="AD7" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AD7" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE7" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="AF7" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>368</v>
+      </c>
+      <c r="D8" s="4">
         <v>404</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>367</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>382</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>370</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>379</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>390</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>385</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>366</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>378</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>355</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>360</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>361</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>376</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>362</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>382</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>383</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>410</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>380</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>372</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>380</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>370</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>373</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>394</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>401</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>376</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>320</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>345</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>329</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1529,69 +1532,69 @@
       </c>
       <c r="L13" s="6">
         <v>100</v>
       </c>
       <c r="M13" s="6">
         <v>100</v>
       </c>
       <c r="N13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>64</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>19</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>70</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>71</v>
       </c>
@@ -1796,66 +1799,66 @@
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>353</v>
       </c>
       <c r="D20" s="4">
         <v>337</v>
       </c>
       <c r="E20" s="4">
         <v>354</v>
       </c>
       <c r="F20" s="4">
         <v>329</v>
       </c>
       <c r="G20" s="4">
         <v>357</v>
       </c>
       <c r="H20" s="4">
@@ -1877,144 +1880,144 @@
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
         <v>416</v>
       </c>
       <c r="D24" s="4">
         <v>386</v>
       </c>
       <c r="E24" s="4">
         <v>406</v>
       </c>
       <c r="F24" s="4">
         <v>389</v>
       </c>
       <c r="G24" s="4">
         <v>401</v>
       </c>
       <c r="H24" s="4">
         <v>388</v>
       </c>
       <c r="I24" s="4">
@@ -2165,99 +2168,99 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>416</v>
       </c>
       <c r="D28" s="4">
         <v>396</v>
       </c>
       <c r="E28" s="4">
         <v>423</v>
       </c>
       <c r="F28" s="4">
         <v>384</v>
       </c>
       <c r="G28" s="4">
         <v>397</v>
       </c>
       <c r="H28" s="4">
@@ -2327,111 +2330,111 @@
       </c>
       <c r="L29" s="6">
         <v>100</v>
       </c>
       <c r="M29" s="6">
         <v>100</v>
       </c>
       <c r="N29" s="6">
         <v>100</v>
       </c>
       <c r="O29" s="6">
         <v>100</v>
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T31" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>53</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>54</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>71</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>72</v>
       </c>
@@ -2615,129 +2618,129 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>66</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>67</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>68</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>69</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>70</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>72</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>356</v>
       </c>
       <c r="D36" s="4">
         <v>375</v>
       </c>
       <c r="E36" s="4">
         <v>373</v>
       </c>
       <c r="F36" s="4">
         <v>347</v>
       </c>
       <c r="G36" s="4">
         <v>344</v>
       </c>
       <c r="H36" s="4">
         <v>378</v>
       </c>
       <c r="I36" s="4">
@@ -2858,99 +2861,99 @@
       </c>
       <c r="U37" s="6">
         <v>100</v>
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>54</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>71</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>73</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>74</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>78</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>79</v>
       </c>
@@ -3083,66 +3086,66 @@
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>59</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>307</v>
       </c>
       <c r="D44" s="4">
         <v>367</v>
       </c>
       <c r="E44" s="4">
         <v>333</v>
       </c>
       <c r="F44" s="4">
         <v>323</v>
       </c>
       <c r="G44" s="4">