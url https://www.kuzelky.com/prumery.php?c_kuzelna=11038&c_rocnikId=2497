--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
   <si>
     <t>Výsledky hráčů družstva SKK Bílina B na kuželně Bílina</t>
   </si>
   <si>
     <t>Gerhard Schlögl</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>7.3.2020</t>
   </si>
   <si>
     <t>8.2.2020</t>
   </si>
   <si>
     <t>9.1.2020</t>
   </si>
   <si>
     <t>7.12.2019</t>
   </si>
   <si>
@@ -221,78 +221,84 @@
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>16.1.2022</t>
   </si>
   <si>
     <t>7.11.2018</t>
   </si>
   <si>
     <t>15.9.2017</t>
   </si>
   <si>
     <t>Antonín Švejnoha</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>21.3.2019</t>
   </si>
   <si>
     <t>29.11.2018</t>
   </si>
   <si>
     <t>Tomáš Šaněk</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>24.10.2024</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>13.7.2021</t>
   </si>
@@ -1526,418 +1532,427 @@
       </c>
       <c r="S13" s="6">
         <v>100</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
       <c r="U13" s="6">
         <v>100</v>
       </c>
       <c r="V13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="D15" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>71</v>
       </c>
       <c r="G15" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="H15" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>73</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>74</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>75</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>76</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>77</v>
       </c>
       <c r="O15" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="4">
+        <v>400</v>
+      </c>
+      <c r="D16" s="4">
         <v>381</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>389</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>425</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>387</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>386</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>377</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>419</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>382</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>400</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>372</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>371</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>433</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>367</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>372</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
         <v>100</v>
       </c>
       <c r="J17" s="6">
         <v>100</v>
       </c>
       <c r="K17" s="6">
         <v>100</v>
       </c>
       <c r="L17" s="6">
         <v>100</v>
       </c>
       <c r="M17" s="6">
         <v>100</v>
       </c>
       <c r="N17" s="6">
         <v>100</v>
       </c>
       <c r="O17" s="6">
         <v>100</v>
       </c>
       <c r="P17" s="6">
         <v>100</v>
       </c>
+      <c r="Q17" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G19" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="H19" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="H19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I19" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="J19" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="K19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L19" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>77</v>
+        <v>94</v>
       </c>
       <c r="U19" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="V19" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="V19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W19" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Y19" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="Z19" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="4">
+        <v>444</v>
+      </c>
+      <c r="D20" s="4">
         <v>389</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>378</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>443</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>447</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>410</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>390</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>409</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>373</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>421</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>427</v>
       </c>
-      <c r="M20" s="7">
+      <c r="N20" s="7">
         <v>514</v>
       </c>
-      <c r="N20" s="7">
+      <c r="O20" s="7">
         <v>511</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>412</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>405</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>408</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>425</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>412</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>410</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>403</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>428</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>436</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>431</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>443</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>420</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>419</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>410</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>404</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>433</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
-      <c r="M21" s="7">
-        <v>120</v>
+      <c r="M21" s="6">
+        <v>100</v>
       </c>
       <c r="N21" s="7">
         <v>120</v>
       </c>
-      <c r="O21" s="6">
-        <v>100</v>
+      <c r="O21" s="7">
+        <v>120</v>
       </c>
       <c r="P21" s="6">
         <v>100</v>
       </c>
       <c r="Q21" s="6">
         <v>100</v>
       </c>
       <c r="R21" s="6">
         <v>100</v>
       </c>
       <c r="S21" s="6">
         <v>100</v>
       </c>
       <c r="T21" s="6">
         <v>100</v>
       </c>
       <c r="U21" s="6">
         <v>100</v>
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
@@ -1949,96 +1964,96 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="4">
         <v>365</v>
       </c>
       <c r="D24" s="4">
         <v>343</v>
       </c>
       <c r="E24" s="4">
         <v>368</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>50</v>
       </c>