--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>Výsledky hráčů družstva SKK Bílina na kuželně Bílina</t>
   </si>
   <si>
     <t>Rudolf Podhola</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
@@ -305,50 +305,53 @@
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>16.1.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>22.11.2019</t>
   </si>
   <si>
     <t>Martin Čecho</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
@@ -383,90 +386,90 @@
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>12.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
+    <t>Miroslav Vondra</t>
+  </si>
+  <si>
+    <t>22.2.2020</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>3.3.2018</t>
+  </si>
+  <si>
+    <t>3.2.2018</t>
+  </si>
+  <si>
+    <t>18.11.2017</t>
+  </si>
+  <si>
+    <t>Jiří Pavelka</t>
+  </si>
+  <si>
+    <t>22.3.2025</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>30.9.2023</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
+    <t>18.3.2022</t>
+  </si>
+  <si>
     <t>4.3.2022</t>
-  </si>
-[...37 lines deleted...]
-    <t>18.3.2022</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>Pavlína Černíková</t>
   </si>
   <si>
     <t>Lukáš Uhlíř</t>
   </si>
   <si>
     <t>Zdeněk Vítr</t>
   </si>
   <si>
     <t>Martin Vích</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>24.9.2021</t>
   </si>
@@ -2144,170 +2147,170 @@
       <c r="P19" s="7" t="s">
         <v>110</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>111</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>112</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>113</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>114</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>115</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>116</v>
       </c>
       <c r="W19" s="7" t="s">
         <v>117</v>
       </c>
       <c r="X19" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="Y19" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>119</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>120</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>121</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>122</v>
       </c>
       <c r="AE19" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="AF19" s="7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>423</v>
+      </c>
+      <c r="D20" s="4">
         <v>411</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>412</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>392</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>454</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>442</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>462</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>452</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>454</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>496</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>449</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>417</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>425</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>441</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>446</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>422</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>440</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>394</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>393</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>460</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>411</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>419</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>413</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>429</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>405</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>430</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>389</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>437</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>421</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
@@ -2567,138 +2570,138 @@
       </c>
       <c r="R25" s="7">
         <v>100</v>
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
       <c r="V25" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D27" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>131</v>
       </c>
       <c r="F27" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H27" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J27" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="K27" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="L27" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>132</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>133</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Q27" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="R27" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>134</v>
       </c>
       <c r="V27" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>135</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>66</v>
       </c>
       <c r="Z27" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AA27" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AB27" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AC27" s="7" t="s">
         <v>136</v>
       </c>
       <c r="AD27" s="7" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="AE27" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="AF27" s="7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>388</v>
       </c>
       <c r="D28" s="4">
         <v>376</v>
       </c>
       <c r="E28" s="4">
         <v>371</v>
       </c>
       <c r="F28" s="4">
         <v>409</v>
       </c>
       <c r="G28" s="4">
         <v>426</v>
       </c>
       <c r="H28" s="4">
         <v>400</v>
       </c>
       <c r="I28" s="4">
@@ -2849,239 +2852,239 @@
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
       <c r="AA29" s="7">
         <v>100</v>
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>97</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>98</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>99</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>100</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>101</v>
       </c>
       <c r="H31" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="I31" s="7" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>103</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>106</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>107</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>108</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>111</v>
       </c>
       <c r="Q31" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="R31" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="R31" s="7" t="s">
+      <c r="S31" s="7" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>113</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>114</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>115</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>116</v>
       </c>
       <c r="X31" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="Y31" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="Y31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z31" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="AA31" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="AA31" s="7" t="s">
+      <c r="AB31" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="AB31" s="7" t="s">
+      <c r="AC31" s="7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>119</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>471</v>
+      </c>
+      <c r="D32" s="4">
         <v>434</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>466</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>434</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>431</v>
       </c>
       <c r="H32" s="4">
         <v>431</v>
       </c>
       <c r="I32" s="4">
+        <v>431</v>
+      </c>
+      <c r="J32" s="4">
         <v>453</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>412</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>425</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>389</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>444</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>405</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>411</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>463</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>414</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>461</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>419</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>436</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>433</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>410</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>419</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>386</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>408</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>394</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>406</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>422</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>407</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>395</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>429</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">
@@ -3137,239 +3140,239 @@
       </c>
       <c r="Z33" s="7">
         <v>100</v>
       </c>
       <c r="AA33" s="7">
         <v>100</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>97</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>98</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>99</v>
       </c>
       <c r="F35" s="7" t="s">
         <v>100</v>
       </c>
       <c r="G35" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="H35" s="7" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>103</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>104</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>105</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>106</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>107</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>108</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>109</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>110</v>
       </c>
       <c r="Q35" s="7" t="s">
         <v>111</v>
       </c>
       <c r="R35" s="7" t="s">
+        <v>112</v>
+      </c>
+      <c r="S35" s="7" t="s">
         <v>132</v>
       </c>
-      <c r="S35" s="7" t="s">
+      <c r="T35" s="7" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>115</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>116</v>
       </c>
       <c r="W35" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="X35" s="7" t="s">
         <v>134</v>
       </c>
-      <c r="X35" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y35" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="Z35" s="7" t="s">
         <v>135</v>
       </c>
-      <c r="Z35" s="7" t="s">
+      <c r="AA35" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="AA35" s="7" t="s">
+      <c r="AB35" s="7" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="AC35" s="7" t="s">
         <v>119</v>
       </c>
       <c r="AD35" s="7" t="s">
         <v>120</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>121</v>
       </c>
       <c r="AF35" s="7" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>430</v>
+      </c>
+      <c r="D36" s="4">
         <v>483</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>454</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>437</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>441</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>449</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>489</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>454</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>414</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>421</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>413</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>387</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>456</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>425</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>471</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>456</v>
       </c>
       <c r="S36" s="4">
         <v>456</v>
       </c>
       <c r="T36" s="4">
+        <v>456</v>
+      </c>
+      <c r="U36" s="4">
         <v>435</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>423</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>410</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>451</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>400</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>426</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>450</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>435</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>432</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>390</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>441</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>463</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>100</v>
       </c>
       <c r="D37" s="7">
         <v>100</v>
       </c>
       <c r="E37" s="7">
         <v>100</v>
       </c>
       <c r="F37" s="7">
         <v>100</v>
       </c>
       <c r="G37" s="7">
         <v>100</v>
       </c>
       <c r="H37" s="7">
         <v>100</v>
       </c>
       <c r="I37" s="7">
@@ -3425,141 +3428,141 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>131</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J39" s="7" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L39" s="7" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="O39" s="7" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>132</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>133</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="V39" s="7" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>134</v>
       </c>
       <c r="X39" s="7" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>135</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>66</v>
       </c>
       <c r="AA39" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="AB39" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AC39" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="AD39" s="7" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>387</v>
       </c>
       <c r="D40" s="4">
         <v>434</v>
       </c>
       <c r="E40" s="4">
         <v>446</v>
       </c>
       <c r="F40" s="4">
         <v>436</v>
       </c>
       <c r="G40" s="4">
         <v>435</v>
       </c>
       <c r="H40" s="4">
@@ -3713,117 +3716,117 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>134</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>135</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>65</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="K43" s="7" t="s">
         <v>136</v>
       </c>
       <c r="L43" s="7" t="s">
-        <v>123</v>
+        <v>137</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>68</v>
       </c>
       <c r="O43" s="7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="P43" s="7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>69</v>
       </c>
       <c r="R43" s="7" t="s">
         <v>125</v>
       </c>
       <c r="S43" s="7" t="s">
         <v>38</v>
       </c>
       <c r="T43" s="7" t="s">
         <v>40</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="V43" s="7" t="s">
         <v>43</v>
       </c>
       <c r="W43" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="X43" s="7" t="s">
         <v>20</v>
       </c>
       <c r="Y43" s="7" t="s">
         <v>21</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>22</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>26</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>27</v>
       </c>
       <c r="AD43" s="7" t="s">
         <v>28</v>
       </c>
       <c r="AE43" s="7" t="s">
         <v>30</v>
       </c>
@@ -4001,283 +4004,283 @@
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
       <c r="AA45" s="7">
         <v>100</v>
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D47" s="7" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="E47" s="7" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>110</v>
       </c>
       <c r="G47" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="H47" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="H47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I47" s="7" t="s">
-        <v>148</v>
+        <v>113</v>
       </c>
       <c r="J47" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="K47" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="K47" s="7" t="s">
+      <c r="L47" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="L47" s="7" t="s">
+      <c r="M47" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="M47" s="7" t="s">
+      <c r="N47" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="N47" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O47" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="P47" s="7" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
       <c r="Q47" s="7" t="s">
         <v>151</v>
       </c>
       <c r="R47" s="7" t="s">
         <v>152</v>
       </c>
       <c r="S47" s="7" t="s">
         <v>153</v>
       </c>
       <c r="T47" s="7" t="s">
         <v>154</v>
       </c>
       <c r="U47" s="7" t="s">
         <v>155</v>
       </c>
       <c r="V47" s="7" t="s">
         <v>156</v>
       </c>
       <c r="W47" s="7" t="s">
         <v>157</v>
       </c>
       <c r="X47" s="7" t="s">
+        <v>158</v>
+      </c>
+      <c r="Y47" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="Y47" s="7" t="s">
+      <c r="Z47" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="Z47" s="7" t="s">
+      <c r="AA47" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="AA47" s="7" t="s">
+      <c r="AB47" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="AB47" s="7" t="s">
+      <c r="AC47" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="AC47" s="7" t="s">
+      <c r="AD47" s="7" t="s">
         <v>70</v>
       </c>
-      <c r="AD47" s="7" t="s">
+      <c r="AE47" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="AE47" s="7" t="s">
+      <c r="AF47" s="7" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
+        <v>444</v>
+      </c>
+      <c r="D48" s="4">
         <v>389</v>
       </c>
-      <c r="D48" s="4">
+      <c r="E48" s="4">
         <v>378</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>443</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>447</v>
       </c>
-      <c r="G48" s="4">
+      <c r="H48" s="4">
         <v>410</v>
       </c>
-      <c r="H48" s="4">
+      <c r="I48" s="4">
         <v>390</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>409</v>
       </c>
-      <c r="J48" s="4">
+      <c r="K48" s="4">
         <v>373</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>421</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>427</v>
       </c>
-      <c r="M48" s="5">
+      <c r="N48" s="5">
         <v>514</v>
       </c>
-      <c r="N48" s="5">
+      <c r="O48" s="5">
         <v>511</v>
       </c>
-      <c r="O48" s="4">
+      <c r="P48" s="4">
         <v>412</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>405</v>
       </c>
-      <c r="Q48" s="4">
+      <c r="R48" s="4">
         <v>408</v>
       </c>
-      <c r="R48" s="4">
+      <c r="S48" s="4">
         <v>425</v>
       </c>
-      <c r="S48" s="4">
+      <c r="T48" s="4">
         <v>412</v>
       </c>
-      <c r="T48" s="4">
+      <c r="U48" s="4">
         <v>410</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>403</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>428</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>436</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>431</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>443</v>
       </c>
-      <c r="Z48" s="4">
+      <c r="AA48" s="4">
         <v>420</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>419</v>
       </c>
-      <c r="AB48" s="4">
+      <c r="AC48" s="4">
         <v>410</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>404</v>
       </c>
-      <c r="AD48" s="4">
+      <c r="AE48" s="4">
         <v>433</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C49" s="7">
         <v>100</v>
       </c>
       <c r="D49" s="7">
         <v>100</v>
       </c>
       <c r="E49" s="7">
         <v>100</v>
       </c>
       <c r="F49" s="7">
         <v>100</v>
       </c>
       <c r="G49" s="7">
         <v>100</v>
       </c>
       <c r="H49" s="7">
         <v>100</v>
       </c>
       <c r="I49" s="7">
         <v>100</v>
       </c>
       <c r="J49" s="7">
         <v>100</v>
       </c>
       <c r="K49" s="7">
         <v>100</v>
       </c>
       <c r="L49" s="7">
         <v>100</v>
       </c>
-      <c r="M49" s="5">
-        <v>120</v>
+      <c r="M49" s="7">
+        <v>100</v>
       </c>
       <c r="N49" s="5">
         <v>120</v>
       </c>
-      <c r="O49" s="7">
-        <v>100</v>
+      <c r="O49" s="5">
+        <v>120</v>
       </c>
       <c r="P49" s="7">
         <v>100</v>
       </c>
       <c r="Q49" s="7">
         <v>100</v>
       </c>
       <c r="R49" s="7">
         <v>100</v>
       </c>
       <c r="S49" s="7">
         <v>100</v>
       </c>
       <c r="T49" s="7">
         <v>100</v>
       </c>
       <c r="U49" s="7">
         <v>100</v>
       </c>
       <c r="V49" s="7">
         <v>100</v>
       </c>
       <c r="W49" s="7">
         <v>100</v>
       </c>