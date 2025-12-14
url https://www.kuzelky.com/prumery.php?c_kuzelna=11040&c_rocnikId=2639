--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -446,90 +446,90 @@
   <si>
     <t>13.4.2018</t>
   </si>
   <si>
     <t>6.4.2018</t>
   </si>
   <si>
     <t>23.3.2018</t>
   </si>
   <si>
     <t>1.12.2017</t>
   </si>
   <si>
     <t>29.9.2017</t>
   </si>
   <si>
     <t>15.9.2017</t>
   </si>
   <si>
     <t>Petr Kunt ml.</t>
   </si>
   <si>
     <t>Pavel Nováček</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>30.9.2024</t>
   </si>
   <si>
     <t>12.4.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>27.10.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>13.10.2023</t>
   </si>
   <si>
     <t>Petr Málek</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>22.9.2018</t>
   </si>
   <si>
     <t>17.3.2018</t>
   </si>
   <si>
     <t>14.3.2018</t>
   </si>
   <si>
     <t>10.2.2018</t>
   </si>
   <si>
     <t>20.1.2018</t>
   </si>
   <si>
     <t>16.12.2017</t>
   </si>
@@ -3449,230 +3449,230 @@
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>144</v>
       </c>
       <c r="D39" s="6" t="s">
+        <v>145</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="E39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F39" s="6" t="s">
+        <v>146</v>
+      </c>
+      <c r="G39" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="K39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L39" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="M39" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>147</v>
       </c>
       <c r="O39" s="6" t="s">
+        <v>148</v>
+      </c>
+      <c r="P39" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q39" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="R39" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>150</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>151</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>152</v>
       </c>
       <c r="Y39" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="Z39" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>154</v>
       </c>
       <c r="AB39" s="6" t="s">
+        <v>155</v>
+      </c>
+      <c r="AC39" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AC39" s="6" t="s">
+      <c r="AD39" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>156</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>442</v>
+      </c>
+      <c r="D40" s="4">
         <v>388</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>434</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>383</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>397</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>405</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>372</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>398</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>399</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>412</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>393</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>405</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>389</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>410</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>399</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>407</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>403</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>425</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>396</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>390</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>389</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>404</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>392</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>400</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>402</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>374</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>436</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>385</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>405</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">