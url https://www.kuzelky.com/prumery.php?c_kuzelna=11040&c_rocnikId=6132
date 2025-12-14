--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -407,50 +407,53 @@
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>Petr Kunt ml.</t>
   </si>
   <si>
     <t>Josef Málek</t>
   </si>
   <si>
     <t>27.10.2018</t>
   </si>
   <si>
     <t>7.10.2017</t>
   </si>
   <si>
     <t>Pavel Nováček</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>5.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
@@ -468,53 +471,50 @@
     <t>30.9.2024</t>
   </si>
   <si>
     <t>12.4.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>23.2.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>17.11.2023</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>27.10.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>13.10.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3602,224 +3602,224 @@
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>131</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>132</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>133</v>
       </c>
       <c r="F43" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="G43" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>135</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>136</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>137</v>
       </c>
       <c r="K43" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="L43" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>139</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>140</v>
       </c>
       <c r="O43" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="P43" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="P43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q43" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="R43" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="S43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T43" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="U43" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>144</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>145</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>146</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>147</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>148</v>
       </c>
       <c r="AA43" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="AB43" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>150</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>151</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>442</v>
+      </c>
+      <c r="D44" s="4">
         <v>388</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>434</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>383</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>397</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>405</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>372</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>398</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>399</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>412</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>393</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>405</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>389</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>410</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>399</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>407</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>403</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>425</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>396</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>390</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>389</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>404</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>392</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>400</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>402</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>374</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>436</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>385</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>405</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">