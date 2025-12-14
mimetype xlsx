--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
   <si>
     <t>Výsledky hráčů družstva Sokol Ústí n. L. B na kuželně Sokol Ústí</t>
   </si>
   <si>
     <t>Jiří Pulchart</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>5.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
@@ -249,50 +249,53 @@
     <t>18.1.2019</t>
   </si>
   <si>
     <t>Milan Wundrawitz</t>
   </si>
   <si>
     <t>29.11.2024</t>
   </si>
   <si>
     <t>1.11.2024</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>24.9.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>Pavel Mihalík</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
@@ -1892,227 +1895,227 @@
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="E19" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="F19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="F19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G19" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="H19" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K19" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="L19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M19" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="N19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O19" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="P19" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="P19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q19" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="R19" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AA19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB19" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="AC19" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>377</v>
+      </c>
+      <c r="D20" s="4">
         <v>412</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>424</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>415</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>417</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>422</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>406</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>427</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>393</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
       <c r="L20" s="4">
         <v>420</v>
       </c>
       <c r="M20" s="4">
+        <v>420</v>
+      </c>
+      <c r="N20" s="4">
         <v>395</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>412</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>421</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>432</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>458</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>424</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>446</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>418</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>417</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>407</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>387</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>428</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>418</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>407</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>416</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>446</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>385</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>388</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2168,51 +2171,51 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>73</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
@@ -2240,84 +2243,84 @@
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>266</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>72</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>11</v>
       </c>