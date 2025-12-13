--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -170,123 +170,123 @@
   <si>
     <t>19.10.2018</t>
   </si>
   <si>
     <t>12.10.2018</t>
   </si>
   <si>
     <t>5.10.2018</t>
   </si>
   <si>
     <t>28.9.2018</t>
   </si>
   <si>
     <t>14.9.2018</t>
   </si>
   <si>
     <t>16.2.2018</t>
   </si>
   <si>
     <t>12.1.2018</t>
   </si>
   <si>
     <t>Pavel Nováček</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>12.4.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>27.10.2023</t>
   </si>
   <si>
+    <t>Simona Puschová</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
     <t>13.10.2023</t>
   </si>
   <si>
-    <t>Simona Puschová</t>
-[...4 lines deleted...]
-  <si>
     <t>22.9.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>Petr Šanda</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
   <si>
     <t>25.3.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>18.3.2022</t>
   </si>
   <si>
     <t>Ladislav Jahoda</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1184,230 +1184,230 @@
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D11" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E11" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="G11" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H11" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="K11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L11" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="M11" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="M11" s="6" t="s">
+      <c r="N11" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="N11" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="O11" s="6" t="s">
+      <c r="P11" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="Q11" s="6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="S11" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="T11" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="T11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U11" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="V11" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>60</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="Y11" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="Z11" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AB11" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="AC11" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="4">
+        <v>442</v>
+      </c>
+      <c r="D12" s="4">
         <v>388</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>434</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>383</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>397</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>405</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>372</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>398</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>399</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>412</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>393</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>405</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>389</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>410</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>399</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>407</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>403</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>425</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>396</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>390</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>389</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>404</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>392</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>400</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>402</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>374</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>436</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>385</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>405</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>414</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1472,230 +1472,230 @@
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>67</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>52</v>
       </c>
       <c r="D15" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="E15" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="E15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="6" t="s">
+        <v>54</v>
+      </c>
+      <c r="G15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="U15" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="V15" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AA15" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="AB15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="AD15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE15" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AF15" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C16" s="4">
+        <v>394</v>
+      </c>
+      <c r="D16" s="4">
         <v>427</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>434</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>377</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>387</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>382</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>334</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>347</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>404</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>383</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>399</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>371</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>441</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>374</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>392</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>374</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>332</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>389</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>392</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>413</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>407</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>356</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>367</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>379</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>407</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>401</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>363</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>368</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>414</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1751,239 +1751,239 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="E19" s="6" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>54</v>
       </c>
       <c r="G19" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="H19" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M19" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="P19" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="Q19" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>66</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="V19" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="W19" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="Y19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z19" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA19" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C20" s="4">
+        <v>351</v>
+      </c>
+      <c r="D20" s="4">
         <v>399</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>379</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>403</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>373</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>425</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>417</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>425</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>379</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>398</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>373</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>383</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>374</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>380</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>393</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>376</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>378</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>402</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>365</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>382</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>357</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>388</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>391</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>353</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>388</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>383</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>395</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>335</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>377</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2072,84 +2072,84 @@
       <c r="D23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P23" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>23</v>
       </c>
       <c r="C24" s="4">
         <v>404</v>
       </c>
       <c r="D24" s="4">
         <v>383</v>
       </c>
       <c r="E24" s="4">
         <v>418</v>
       </c>
       <c r="F24" s="4">
         <v>425</v>
       </c>
       <c r="G24" s="4">
         <v>395</v>
       </c>
       <c r="H24" s="4">
         <v>441</v>
       </c>
       <c r="I24" s="4">