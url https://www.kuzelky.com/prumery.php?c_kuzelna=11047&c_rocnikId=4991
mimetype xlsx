--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
   <si>
     <t>Výsledky hráčů družstva SK Děčín na kuželně Verneřice</t>
   </si>
   <si>
     <t>Vladimír Beneš</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Pavel Čubr</t>
   </si>
   <si>
     <t>3.12.2021</t>
   </si>
   <si>
     <t>19.11.2021</t>
   </si>
   <si>
@@ -138,50 +138,53 @@
     <t>16.9.2022</t>
   </si>
   <si>
     <t>8.4.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>11.2.2022</t>
   </si>
   <si>
     <t>2.2.2022</t>
   </si>
   <si>
     <t>26.11.2021</t>
   </si>
   <si>
     <t>Radek Mach</t>
   </si>
   <si>
     <t>Martin Ledwoň</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>19.9.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>27.2.2025</t>
   </si>
   <si>
     <t>13.2.2025</t>
   </si>
@@ -1436,191 +1439,191 @@
       <c r="I27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Q27" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="R27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C28" s="4">
+        <v>434</v>
+      </c>
+      <c r="D28" s="4">
         <v>384</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>440</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>425</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>461</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>404</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>405</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>398</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>430</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>395</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>392</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>387</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>385</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>404</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>406</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>426</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>388</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>432</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>435</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>402</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>451</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>390</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>429</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>456</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>436</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>397</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>426</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>414</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>411</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -1676,51 +1679,51 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>15</v>
       </c>
@@ -1964,51 +1967,51 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>15</v>
       </c>
@@ -2057,51 +2060,51 @@
       <c r="X35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>37</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C36" s="4">
         <v>473</v>
       </c>
       <c r="D36" s="4">
         <v>436</v>
       </c>
       <c r="E36" s="4">
         <v>454</v>
       </c>
       <c r="F36" s="4">
         <v>401</v>
       </c>
       <c r="G36" s="4">
         <v>470</v>
       </c>
       <c r="H36" s="4">
         <v>430</v>
       </c>
       <c r="I36" s="4">