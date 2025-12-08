--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Výsledky hráčů družstva TJ Elektrárny Kadaň na kuželně Podbořany</t>
   </si>
   <si>
     <t>Vladimír Šána</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
@@ -108,53 +111,50 @@
     <t>18.11.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>10.12.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jan Ambra</t>
   </si>
   <si>
     <t>13.1.2024</t>
   </si>
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>30.9.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>25.3.2023</t>
   </si>
@@ -952,138 +952,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>530</v>
+      </c>
+      <c r="D4" s="4">
         <v>555</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>604</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>571</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>536</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>588</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>545</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>553</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>577</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>559</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>560</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>595</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>553</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>587</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>557</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>611</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>531</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>529</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>573</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>550</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>506</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>571</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>557</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>542</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>570</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>585</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>561</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>576</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>524</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1721,60 +1721,60 @@
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>92</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>97</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>99</v>
       </c>
@@ -2585,54 +2585,54 @@
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>125</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
         <v>358</v>
       </c>
       <c r="D28" s="7">
         <v>413</v>
       </c>
       <c r="E28" s="7">
         <v>438</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>