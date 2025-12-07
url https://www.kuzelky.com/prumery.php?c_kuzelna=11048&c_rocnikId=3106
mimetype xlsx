--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
   <si>
     <t>Výsledky hráčů družstva SKK Podbořany  na kuželně Podbořany</t>
   </si>
   <si>
     <t>Vladimír Šána</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
@@ -110,282 +113,282 @@
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>18.2.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Jan Ambra</t>
+  </si>
+  <si>
+    <t>13.1.2024</t>
+  </si>
+  <si>
+    <t>11.11.2023</t>
+  </si>
+  <si>
+    <t>30.9.2023</t>
+  </si>
+  <si>
+    <t>23.9.2023</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
+    <t>25.2.2023</t>
+  </si>
+  <si>
+    <t>3.12.2022</t>
+  </si>
+  <si>
+    <t>22.10.2022</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>2.3.2019</t>
+  </si>
+  <si>
+    <t>16.2.2019</t>
+  </si>
+  <si>
+    <t>2.2.2019</t>
+  </si>
+  <si>
+    <t>3.11.2018</t>
+  </si>
+  <si>
+    <t>20.10.2018</t>
+  </si>
+  <si>
+    <t>17.3.2018</t>
+  </si>
+  <si>
+    <t>3.3.2018</t>
+  </si>
+  <si>
+    <t>20.1.2018</t>
+  </si>
+  <si>
+    <t>25.11.2017</t>
+  </si>
+  <si>
+    <t>4.11.2017</t>
+  </si>
+  <si>
+    <t>11.2.2017</t>
+  </si>
+  <si>
+    <t>20.4.2013</t>
+  </si>
+  <si>
+    <t>9.2.2013</t>
+  </si>
+  <si>
+    <t>20.1.2013</t>
+  </si>
+  <si>
+    <t>1.12.2012</t>
+  </si>
+  <si>
+    <t>24.11.2012</t>
+  </si>
+  <si>
+    <t>10.11.2012</t>
+  </si>
+  <si>
+    <t>20.10.2012</t>
+  </si>
+  <si>
+    <t>29.9.2012</t>
+  </si>
+  <si>
+    <t>15.9.2012</t>
+  </si>
+  <si>
+    <t>22.10.2011</t>
+  </si>
+  <si>
+    <t>Václav Pop</t>
+  </si>
+  <si>
+    <t>23.3.2013</t>
+  </si>
+  <si>
+    <t>24.9.2011</t>
+  </si>
+  <si>
+    <t>26.3.2011</t>
+  </si>
+  <si>
+    <t>5.3.2011</t>
+  </si>
+  <si>
+    <t>12.2.2011</t>
+  </si>
+  <si>
+    <t>29.1.2011</t>
+  </si>
+  <si>
+    <t>27.11.2010</t>
+  </si>
+  <si>
+    <t>13.11.2010</t>
+  </si>
+  <si>
+    <t>23.10.2010</t>
+  </si>
+  <si>
+    <t>2.10.2010</t>
+  </si>
+  <si>
+    <t>18.9.2010</t>
+  </si>
+  <si>
+    <t>Václav Tajbl st.</t>
+  </si>
+  <si>
+    <t>19.11.2022</t>
+  </si>
+  <si>
+    <t>2.10.2021</t>
+  </si>
+  <si>
+    <t>11.1.2020</t>
+  </si>
+  <si>
+    <t>Jaroslav Lefner</t>
+  </si>
+  <si>
+    <t>15.10.2022</t>
+  </si>
+  <si>
+    <t>24.9.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>11.12.2021</t>
+  </si>
+  <si>
+    <t>6.11.2021</t>
+  </si>
+  <si>
+    <t>11.9.2021</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>15.2.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>30.11.2019</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>14.9.2019</t>
+  </si>
+  <si>
+    <t>9.2.2019</t>
+  </si>
+  <si>
+    <t>12.1.2019</t>
+  </si>
+  <si>
+    <t>28.9.2018</t>
+  </si>
+  <si>
+    <t>15.9.2018</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>17.2.2018</t>
+  </si>
+  <si>
+    <t>11.11.2017</t>
+  </si>
+  <si>
+    <t>Lukáš Jarosch</t>
+  </si>
+  <si>
+    <t>8.10.2011</t>
+  </si>
+  <si>
+    <t>16.4.2011</t>
+  </si>
+  <si>
+    <t>15.1.2011</t>
+  </si>
+  <si>
+    <t>Jaroslav Wagner</t>
+  </si>
+  <si>
+    <t>21.9.2024</t>
+  </si>
+  <si>
     <t>10.12.2022</t>
-  </si>
-[...229 lines deleted...]
-    <t>21.9.2024</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>12.9.2020</t>
   </si>
   <si>
     <t>Petr Richtárech</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>9.11.2019</t>
   </si>
@@ -973,138 +976,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>530</v>
+      </c>
+      <c r="D4" s="4">
         <v>555</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>604</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>571</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>536</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>588</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>545</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>553</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>577</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>559</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>560</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>595</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>553</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>587</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>557</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>611</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>531</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>529</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>573</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>550</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>506</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>571</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>557</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>542</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>570</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>585</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>561</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>576</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>524</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>580</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="4">
         <v>120</v>
       </c>
       <c r="D5" s="4">
         <v>120</v>
       </c>
       <c r="E5" s="4">
         <v>120</v>
       </c>
       <c r="F5" s="4">
         <v>120</v>
       </c>
       <c r="G5" s="4">
         <v>120</v>
       </c>
       <c r="H5" s="4">
         <v>120</v>
       </c>
       <c r="I5" s="4">
@@ -1652,51 +1655,51 @@
       </c>
       <c r="R13" s="4">
         <v>120</v>
       </c>
       <c r="S13" s="4">
         <v>120</v>
       </c>
       <c r="T13" s="4">
         <v>120</v>
       </c>
       <c r="U13" s="4">
         <v>120</v>
       </c>
       <c r="V13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>79</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>80</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>81</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="7">
         <v>420</v>
       </c>
       <c r="D16" s="7">
         <v>455</v>
       </c>
       <c r="E16" s="7">
@@ -1715,60 +1718,60 @@
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>88</v>
       </c>
@@ -2147,138 +2150,138 @@
       </c>
       <c r="L25" s="4">
         <v>120</v>
       </c>
       <c r="M25" s="4">
         <v>120</v>
       </c>
       <c r="N25" s="4">
         <v>120</v>
       </c>
       <c r="O25" s="4">
         <v>120</v>
       </c>
       <c r="P25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>109</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>32</v>
+        <v>110</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>551</v>
       </c>
       <c r="D28" s="4">
         <v>585</v>
       </c>
       <c r="E28" s="4">
         <v>548</v>
       </c>
       <c r="F28" s="4">
         <v>549</v>
       </c>
       <c r="G28" s="4">
         <v>572</v>
       </c>
       <c r="H28" s="4">
         <v>573</v>
       </c>
       <c r="I28" s="4">
@@ -2429,274 +2432,274 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>116</v>
+        <v>11</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>11</v>
+        <v>117</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>117</v>
+        <v>14</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>118</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>119</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>120</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>121</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>123</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>125</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>126</v>
       </c>
       <c r="W31" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="X31" s="6" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>128</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>129</v>
       </c>
       <c r="AA31" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="AB31" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="AC31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD31" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="AE31" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>550</v>
+      </c>
+      <c r="D32" s="4">
         <v>559</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>527</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>586</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>429</v>
       </c>
-      <c r="G32" s="7">
+      <c r="H32" s="7">
         <v>483</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>543</v>
       </c>
-      <c r="I32" s="7">
+      <c r="J32" s="7">
         <v>464</v>
       </c>
-      <c r="J32" s="7">
+      <c r="K32" s="7">
         <v>467</v>
       </c>
-      <c r="K32" s="7">
+      <c r="L32" s="7">
         <v>452</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>504</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>486</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>559</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>537</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>539</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>549</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>543</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>540</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>511</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>522</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>501</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>561</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>562</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>531</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>580</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>560</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>557</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>577</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>547</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>575</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
-      <c r="F33" s="6">
-        <v>100</v>
+      <c r="F33" s="4">
+        <v>120</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
-      <c r="H33" s="4">
-[...2 lines deleted...]
-      <c r="I33" s="6">
+      <c r="H33" s="6">
         <v>100</v>
+      </c>
+      <c r="I33" s="4">
+        <v>120</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
-      <c r="L33" s="4">
-        <v>120</v>
+      <c r="L33" s="6">
+        <v>100</v>
       </c>
       <c r="M33" s="4">
         <v>120</v>
       </c>
       <c r="N33" s="4">
         <v>120</v>
       </c>
       <c r="O33" s="4">
         <v>120</v>
       </c>
       <c r="P33" s="4">
         <v>120</v>
       </c>
       <c r="Q33" s="4">
         <v>120</v>
       </c>
       <c r="R33" s="4">
         <v>120</v>
       </c>
       <c r="S33" s="4">
         <v>120</v>
       </c>
       <c r="T33" s="4">
         <v>120</v>
       </c>
@@ -2717,144 +2720,144 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>109</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>32</v>
+        <v>110</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>578</v>
       </c>
       <c r="D36" s="4">
         <v>584</v>
       </c>
       <c r="E36" s="4">
         <v>564</v>
       </c>
       <c r="F36" s="4">
         <v>555</v>
       </c>
       <c r="G36" s="4">
         <v>601</v>
       </c>
       <c r="H36" s="4">
         <v>555</v>
       </c>
       <c r="I36" s="4">
@@ -3005,60 +3008,60 @@
       </c>
       <c r="Z37" s="4">
         <v>120</v>
       </c>
       <c r="AA37" s="4">
         <v>120</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="4">
         <v>120</v>
       </c>
       <c r="AF37" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
         <v>358</v>
       </c>
       <c r="D40" s="7">
         <v>413</v>
       </c>
       <c r="E40" s="7">
         <v>438</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>