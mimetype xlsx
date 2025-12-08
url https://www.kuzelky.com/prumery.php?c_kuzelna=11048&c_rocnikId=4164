--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -221,87 +221,87 @@
   <si>
     <t>19.1.2019</t>
   </si>
   <si>
     <t>7.4.2018</t>
   </si>
   <si>
     <t>Jiří Kartus</t>
   </si>
   <si>
     <t>26.9.2020</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
     <t>28.9.2018</t>
   </si>
   <si>
     <t>17.3.2018</t>
   </si>
   <si>
     <t>Kamil Srkal</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>18.1.2025</t>
   </si>
   <si>
     <t>21.9.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>11.11.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>28.10.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>7.9.2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>9.3.2019</t>
   </si>
   <si>
     <t>Marek Půta</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
@@ -793,51 +793,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="K69" sqref="K69"/>
+      <selection activeCell="L69" sqref="L69"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>4</v>
@@ -1832,233 +1832,233 @@
       </c>
       <c r="R17" s="4">
         <v>120</v>
       </c>
       <c r="S17" s="7">
         <v>100</v>
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
       <c r="V17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>68</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D19" s="7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>70</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>71</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>72</v>
       </c>
       <c r="H19" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="I19" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="I19" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J19" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="K19" s="7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>75</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>76</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>77</v>
       </c>
       <c r="O19" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="P19" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="P19" s="7" t="s">
+      <c r="Q19" s="7" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>79</v>
       </c>
       <c r="S19" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="T19" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="T19" s="7" t="s">
+      <c r="U19" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="U19" s="7" t="s">
+      <c r="V19" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="V19" s="7" t="s">
+      <c r="W19" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="W19" s="7" t="s">
+      <c r="X19" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="X19" s="7" t="s">
+      <c r="Y19" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="Y19" s="7" t="s">
+      <c r="Z19" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="Z19" s="7" t="s">
+      <c r="AA19" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="AA19" s="7" t="s">
+      <c r="AB19" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="AB19" s="7" t="s">
+      <c r="AC19" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="AC19" s="7" t="s">
+      <c r="AD19" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="AD19" s="7" t="s">
+      <c r="AE19" s="7" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C20" s="5">
+        <v>422</v>
+      </c>
+      <c r="D20" s="5">
         <v>432</v>
       </c>
-      <c r="D20" s="5">
+      <c r="E20" s="5">
         <v>447</v>
       </c>
-      <c r="E20" s="5">
+      <c r="F20" s="5">
         <v>412</v>
       </c>
-      <c r="F20" s="5">
+      <c r="G20" s="5">
         <v>402</v>
       </c>
-      <c r="G20" s="5">
+      <c r="H20" s="5">
         <v>407</v>
       </c>
-      <c r="H20" s="5">
+      <c r="I20" s="5">
         <v>458</v>
       </c>
-      <c r="I20" s="5">
+      <c r="J20" s="5">
         <v>418</v>
       </c>
-      <c r="J20" s="5">
+      <c r="K20" s="5">
         <v>455</v>
       </c>
-      <c r="K20" s="5">
+      <c r="L20" s="5">
         <v>423</v>
       </c>
-      <c r="L20" s="5">
+      <c r="M20" s="5">
         <v>450</v>
       </c>
-      <c r="M20" s="5">
+      <c r="N20" s="5">
         <v>446</v>
       </c>
-      <c r="N20" s="5">
+      <c r="O20" s="5">
         <v>460</v>
       </c>
-      <c r="O20" s="5">
+      <c r="P20" s="5">
         <v>415</v>
       </c>
-      <c r="P20" s="5">
+      <c r="Q20" s="5">
         <v>419</v>
       </c>
-      <c r="Q20" s="5">
+      <c r="R20" s="5">
         <v>439</v>
       </c>
-      <c r="R20" s="5">
+      <c r="S20" s="5">
         <v>441</v>
       </c>
-      <c r="S20" s="5">
+      <c r="T20" s="5">
         <v>455</v>
       </c>
-      <c r="T20" s="5">
+      <c r="U20" s="5">
         <v>405</v>
       </c>
-      <c r="U20" s="5">
+      <c r="V20" s="5">
         <v>412</v>
       </c>
-      <c r="V20" s="5">
+      <c r="W20" s="5">
         <v>416</v>
       </c>
-      <c r="W20" s="5">
+      <c r="X20" s="5">
         <v>403</v>
       </c>
-      <c r="X20" s="5">
+      <c r="Y20" s="5">
         <v>465</v>
       </c>
-      <c r="Y20" s="5">
+      <c r="Z20" s="5">
         <v>409</v>
       </c>
-      <c r="Z20" s="5">
+      <c r="AA20" s="5">
         <v>408</v>
       </c>
-      <c r="AA20" s="5">
+      <c r="AB20" s="5">
         <v>411</v>
       </c>
-      <c r="AB20" s="5">
+      <c r="AC20" s="5">
         <v>402</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>484</v>
       </c>
-      <c r="AD20" s="5">
+      <c r="AE20" s="5">
         <v>433</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C21" s="7">
         <v>100</v>
       </c>
       <c r="D21" s="7">
         <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>100</v>
       </c>
       <c r="F21" s="7">
         <v>100</v>
       </c>
       <c r="G21" s="7">
         <v>100</v>
       </c>
       <c r="H21" s="7">
         <v>100</v>
       </c>
       <c r="I21" s="7">
@@ -2099,254 +2099,254 @@
       </c>
       <c r="U21" s="7">
         <v>100</v>
       </c>
       <c r="V21" s="7">
         <v>100</v>
       </c>
       <c r="W21" s="7">
         <v>100</v>
       </c>
       <c r="X21" s="7">
         <v>100</v>
       </c>
       <c r="Y21" s="7">
         <v>100</v>
       </c>
       <c r="Z21" s="7">
         <v>100</v>
       </c>
       <c r="AA21" s="7">
         <v>100</v>
       </c>
       <c r="AB21" s="7">
         <v>100</v>
       </c>
-      <c r="AC21" s="4">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="AC21" s="7">
+        <v>100</v>
+      </c>
+      <c r="AD21" s="4">
+        <v>120</v>
+      </c>
+      <c r="AE21" s="7">
+        <v>100</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D23" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="D23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="F23" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="F23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H23" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="H23" s="7" t="s">
+      <c r="I23" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="I23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J23" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="K23" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="K23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L23" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M23" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="M23" s="7" t="s">
+      <c r="N23" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="N23" s="7" t="s">
+      <c r="O23" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="O23" s="7" t="s">
+      <c r="P23" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="P23" s="7" t="s">
+      <c r="Q23" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="Q23" s="7" t="s">
+      <c r="R23" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>89</v>
       </c>
-      <c r="S23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="U23" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="U23" s="7" t="s">
+      <c r="V23" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="V23" s="7" t="s">
+      <c r="W23" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="X23" s="7" t="s">
+      <c r="Y23" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="Y23" s="7" t="s">
+      <c r="Z23" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="Z23" s="7" t="s">
+      <c r="AA23" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="AA23" s="7" t="s">
+      <c r="AB23" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AB23" s="7" t="s">
+      <c r="AC23" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="AC23" s="7" t="s">
+      <c r="AD23" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="AD23" s="7" t="s">
+      <c r="AE23" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="AE23" s="7" t="s">
+      <c r="AF23" s="7" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C24" s="5">
+        <v>398</v>
+      </c>
+      <c r="D24" s="5">
         <v>457</v>
       </c>
-      <c r="D24" s="5">
+      <c r="E24" s="5">
         <v>475</v>
       </c>
-      <c r="E24" s="5">
+      <c r="F24" s="5">
         <v>469</v>
       </c>
-      <c r="F24" s="5">
+      <c r="G24" s="5">
         <v>452</v>
       </c>
-      <c r="G24" s="5">
+      <c r="H24" s="5">
         <v>468</v>
       </c>
-      <c r="H24" s="5">
+      <c r="I24" s="5">
         <v>449</v>
       </c>
-      <c r="I24" s="5">
+      <c r="J24" s="5">
         <v>447</v>
       </c>
-      <c r="J24" s="5">
+      <c r="K24" s="5">
         <v>446</v>
       </c>
-      <c r="K24" s="5">
+      <c r="L24" s="5">
         <v>490</v>
       </c>
-      <c r="L24" s="5">
+      <c r="M24" s="5">
         <v>413</v>
       </c>
-      <c r="M24" s="5">
+      <c r="N24" s="5">
         <v>468</v>
       </c>
-      <c r="N24" s="5">
+      <c r="O24" s="5">
         <v>436</v>
       </c>
-      <c r="O24" s="5">
+      <c r="P24" s="5">
         <v>430</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>443</v>
       </c>
-      <c r="Q24" s="5">
+      <c r="R24" s="5">
         <v>425</v>
       </c>
-      <c r="R24" s="5">
+      <c r="S24" s="5">
         <v>459</v>
       </c>
-      <c r="S24" s="5">
+      <c r="T24" s="5">
         <v>432</v>
       </c>
-      <c r="T24" s="5">
+      <c r="U24" s="5">
         <v>438</v>
       </c>
-      <c r="U24" s="5">
+      <c r="V24" s="5">
         <v>441</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>521</v>
       </c>
-      <c r="W24" s="5">
+      <c r="X24" s="5">
         <v>463</v>
       </c>
-      <c r="X24" s="5">
+      <c r="Y24" s="5">
         <v>428</v>
       </c>
-      <c r="Y24" s="5">
+      <c r="Z24" s="5">
         <v>444</v>
       </c>
-      <c r="Z24" s="5">
+      <c r="AA24" s="5">
         <v>400</v>
       </c>
-      <c r="AA24" s="5">
+      <c r="AB24" s="5">
         <v>448</v>
       </c>
-      <c r="AB24" s="5">
+      <c r="AC24" s="5">
         <v>428</v>
       </c>
-      <c r="AC24" s="5">
+      <c r="AD24" s="5">
         <v>415</v>
       </c>
-      <c r="AD24" s="5">
+      <c r="AE24" s="5">
         <v>391</v>
       </c>
-      <c r="AE24" s="5">
+      <c r="AF24" s="5">
         <v>420</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
       <c r="E25" s="7">
         <v>100</v>
       </c>
       <c r="F25" s="7">
         <v>100</v>
       </c>
       <c r="G25" s="7">
         <v>100</v>
       </c>
       <c r="H25" s="7">
         <v>100</v>
       </c>
       <c r="I25" s="7">
@@ -2366,55 +2366,55 @@
       </c>
       <c r="N25" s="7">
         <v>100</v>
       </c>
       <c r="O25" s="7">
         <v>100</v>
       </c>
       <c r="P25" s="7">
         <v>100</v>
       </c>
       <c r="Q25" s="7">
         <v>100</v>
       </c>
       <c r="R25" s="7">
         <v>100</v>
       </c>
       <c r="S25" s="7">
         <v>100</v>
       </c>
       <c r="T25" s="7">
         <v>100</v>
       </c>
       <c r="U25" s="7">
         <v>100</v>
       </c>
-      <c r="V25" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="V25" s="7">
+        <v>100</v>
+      </c>
+      <c r="W25" s="4">
+        <v>120</v>
       </c>
       <c r="X25" s="7">
         <v>100</v>
       </c>
       <c r="Y25" s="7">
         <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>100</v>
       </c>
       <c r="AA25" s="7">
         <v>100</v>
       </c>
       <c r="AB25" s="7">
         <v>100</v>
       </c>
       <c r="AC25" s="7">
         <v>100</v>
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
@@ -2426,111 +2426,111 @@
       <c r="A27" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>34</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>91</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>35</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>92</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>84</v>
       </c>
       <c r="I27" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>36</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>37</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>40</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>41</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>86</v>
       </c>
       <c r="P27" s="7" t="s">
         <v>87</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>93</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>88</v>
       </c>
       <c r="S27" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="T27" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="U27" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>89</v>
       </c>
       <c r="W27" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>52</v>
       </c>
       <c r="Y27" s="7" t="s">
         <v>44</v>
       </c>
       <c r="Z27" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AA27" s="7" t="s">
         <v>54</v>
       </c>
       <c r="AB27" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="AC27" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AD27" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AE27" s="7" t="s">
         <v>56</v>
       </c>
       <c r="AF27" s="7" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C28" s="5">
         <v>425</v>
       </c>
       <c r="D28" s="5">
         <v>400</v>
       </c>
       <c r="E28" s="5">
         <v>422</v>
       </c>
       <c r="F28" s="5">
@@ -2696,233 +2696,233 @@
       </c>
       <c r="AB29" s="7">
         <v>100</v>
       </c>
       <c r="AC29" s="7">
         <v>100</v>
       </c>
       <c r="AD29" s="7">
         <v>100</v>
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D31" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="D31" s="7" t="s">
+      <c r="E31" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="E31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F31" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="G31" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="G31" s="7" t="s">
+      <c r="H31" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="H31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I31" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="J31" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="J31" s="7" t="s">
+      <c r="K31" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="K31" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L31" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="M31" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="M31" s="7" t="s">
+      <c r="N31" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="N31" s="7" t="s">
+      <c r="O31" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="O31" s="7" t="s">
+      <c r="P31" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="P31" s="7" t="s">
+      <c r="Q31" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="Q31" s="7" t="s">
+      <c r="R31" s="7" t="s">
         <v>88</v>
       </c>
-      <c r="R31" s="7" t="s">
+      <c r="S31" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="S31" s="7" t="s">
+      <c r="T31" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="T31" s="7" t="s">
+      <c r="U31" s="7" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>79</v>
       </c>
       <c r="W31" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="X31" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="X31" s="7" t="s">
+      <c r="Y31" s="7" t="s">
         <v>45</v>
       </c>
-      <c r="Y31" s="7" t="s">
+      <c r="Z31" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="Z31" s="7" t="s">
+      <c r="AA31" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="AA31" s="7" t="s">
+      <c r="AB31" s="7" t="s">
         <v>64</v>
       </c>
-      <c r="AB31" s="7" t="s">
+      <c r="AC31" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="AC31" s="7" t="s">
+      <c r="AD31" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="AD31" s="7" t="s">
+      <c r="AE31" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="AE31" s="7" t="s">
+      <c r="AF31" s="7" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C32" s="5">
+        <v>448</v>
+      </c>
+      <c r="D32" s="5">
         <v>406</v>
       </c>
-      <c r="D32" s="5">
+      <c r="E32" s="5">
         <v>404</v>
       </c>
-      <c r="E32" s="5">
+      <c r="F32" s="5">
         <v>425</v>
       </c>
-      <c r="F32" s="5">
+      <c r="G32" s="5">
         <v>454</v>
       </c>
-      <c r="G32" s="5">
+      <c r="H32" s="5">
         <v>453</v>
       </c>
-      <c r="H32" s="5">
+      <c r="I32" s="5">
         <v>419</v>
       </c>
-      <c r="I32" s="5">
+      <c r="J32" s="5">
         <v>456</v>
       </c>
-      <c r="J32" s="5">
+      <c r="K32" s="5">
         <v>386</v>
       </c>
-      <c r="K32" s="5">
+      <c r="L32" s="5">
         <v>453</v>
       </c>
-      <c r="L32" s="5">
+      <c r="M32" s="5">
         <v>438</v>
       </c>
-      <c r="M32" s="5">
+      <c r="N32" s="5">
         <v>409</v>
       </c>
-      <c r="N32" s="5">
+      <c r="O32" s="5">
         <v>423</v>
       </c>
-      <c r="O32" s="5">
+      <c r="P32" s="5">
         <v>456</v>
       </c>
-      <c r="P32" s="5">
+      <c r="Q32" s="5">
         <v>410</v>
       </c>
-      <c r="Q32" s="5">
+      <c r="R32" s="5">
         <v>427</v>
       </c>
-      <c r="R32" s="5">
+      <c r="S32" s="5">
         <v>421</v>
       </c>
-      <c r="S32" s="5">
+      <c r="T32" s="5">
         <v>443</v>
       </c>
-      <c r="T32" s="5">
+      <c r="U32" s="5">
         <v>405</v>
       </c>
-      <c r="U32" s="5">
+      <c r="V32" s="5">
         <v>413</v>
       </c>
-      <c r="V32" s="5">
+      <c r="W32" s="5">
         <v>410</v>
       </c>
-      <c r="W32" s="5">
+      <c r="X32" s="5">
         <v>452</v>
       </c>
-      <c r="X32" s="5">
+      <c r="Y32" s="5">
         <v>446</v>
       </c>
-      <c r="Y32" s="5">
+      <c r="Z32" s="5">
         <v>425</v>
       </c>
-      <c r="Z32" s="5">
+      <c r="AA32" s="5">
         <v>432</v>
       </c>
-      <c r="AA32" s="5">
+      <c r="AB32" s="5">
         <v>438</v>
       </c>
-      <c r="AB32" s="5">
+      <c r="AC32" s="5">
         <v>398</v>
       </c>
-      <c r="AC32" s="5">
+      <c r="AD32" s="5">
         <v>426</v>
       </c>
-      <c r="AD32" s="5">
+      <c r="AE32" s="5">
         <v>418</v>
       </c>
-      <c r="AE32" s="5">
+      <c r="AF32" s="5">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C33" s="7">
         <v>100</v>
       </c>
       <c r="D33" s="7">
         <v>100</v>
       </c>
       <c r="E33" s="7">
         <v>100</v>
       </c>
       <c r="F33" s="7">
         <v>100</v>
       </c>
       <c r="G33" s="7">
         <v>100</v>
       </c>
       <c r="H33" s="7">
         <v>100</v>
       </c>
       <c r="I33" s="7">
@@ -2993,57 +2993,57 @@
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
         <v>83</v>
       </c>
       <c r="D35" s="7" t="s">
         <v>34</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>35</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>41</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="I35" s="7" t="s">
         <v>86</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>87</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>55</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>57</v>
       </c>
       <c r="M35" s="7" t="s">
         <v>46</v>
       </c>
       <c r="N35" s="7" t="s">
         <v>47</v>
       </c>
       <c r="O35" s="7" t="s">
         <v>11</v>
       </c>
       <c r="P35" s="7" t="s">
         <v>14</v>
       </c>
@@ -3641,233 +3641,233 @@
       </c>
       <c r="I53" s="7">
         <v>100</v>
       </c>
       <c r="J53" s="7">
         <v>100</v>
       </c>
       <c r="K53" s="7">
         <v>100</v>
       </c>
       <c r="L53" s="7">
         <v>100</v>
       </c>
       <c r="M53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D55" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="D55" s="7" t="s">
+      <c r="E55" s="7" t="s">
         <v>34</v>
       </c>
-      <c r="E55" s="7" t="s">
+      <c r="F55" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="F55" s="7" t="s">
+      <c r="G55" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="G55" s="7" t="s">
+      <c r="H55" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="H55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I55" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="J55" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="J55" s="7" t="s">
+      <c r="K55" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="K55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L55" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M55" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="M55" s="7" t="s">
+      <c r="N55" s="7" t="s">
         <v>36</v>
       </c>
-      <c r="N55" s="7" t="s">
+      <c r="O55" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="O55" s="7" t="s">
+      <c r="P55" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="P55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q55" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="R55" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="R55" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S55" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="T55" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="T55" s="7" t="s">
+      <c r="U55" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="U55" s="7" t="s">
+      <c r="V55" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="V55" s="7" t="s">
+      <c r="W55" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="W55" s="7" t="s">
+      <c r="X55" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="X55" s="7" t="s">
+      <c r="Y55" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="Y55" s="7" t="s">
+      <c r="Z55" s="7" t="s">
         <v>87</v>
       </c>
-      <c r="Z55" s="7" t="s">
+      <c r="AA55" s="7" t="s">
         <v>108</v>
       </c>
-      <c r="AA55" s="7" t="s">
+      <c r="AB55" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="AB55" s="7" t="s">
+      <c r="AC55" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="AC55" s="7" t="s">
+      <c r="AD55" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="AD55" s="7" t="s">
+      <c r="AE55" s="7" t="s">
         <v>43</v>
       </c>
-      <c r="AE55" s="7" t="s">
+      <c r="AF55" s="7" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C56" s="4">
+        <v>532</v>
+      </c>
+      <c r="D56" s="4">
         <v>538</v>
       </c>
-      <c r="D56" s="4">
+      <c r="E56" s="4">
         <v>535</v>
       </c>
-      <c r="E56" s="4">
+      <c r="F56" s="4">
         <v>518</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>542</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>559</v>
-      </c>
-[...1 lines deleted...]
-        <v>564</v>
       </c>
       <c r="I56" s="4">
         <v>564</v>
       </c>
       <c r="J56" s="4">
+        <v>564</v>
+      </c>
+      <c r="K56" s="4">
         <v>591</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>583</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>538</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>563</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>562</v>
       </c>
-      <c r="O56" s="4">
+      <c r="P56" s="4">
         <v>567</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>549</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>520</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>549</v>
       </c>
-      <c r="S56" s="4">
+      <c r="T56" s="4">
         <v>562</v>
       </c>
-      <c r="T56" s="4">
+      <c r="U56" s="4">
         <v>589</v>
       </c>
-      <c r="U56" s="4">
+      <c r="V56" s="4">
         <v>512</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="4">
         <v>544</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>559</v>
       </c>
-      <c r="X56" s="4">
+      <c r="Y56" s="4">
         <v>536</v>
       </c>
-      <c r="Y56" s="4">
+      <c r="Z56" s="4">
         <v>489</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="4">
         <v>557</v>
       </c>
-      <c r="AA56" s="4">
+      <c r="AB56" s="4">
         <v>530</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>558</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>583</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="4">
         <v>589</v>
       </c>
-      <c r="AE56" s="4">
+      <c r="AF56" s="4">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C57" s="4">
         <v>120</v>
       </c>
       <c r="D57" s="4">
         <v>120</v>
       </c>
       <c r="E57" s="4">
         <v>120</v>
       </c>
       <c r="F57" s="4">
         <v>120</v>
       </c>
       <c r="G57" s="4">
         <v>120</v>
       </c>
       <c r="H57" s="4">
         <v>120</v>
       </c>
       <c r="I57" s="4">
@@ -3932,51 +3932,51 @@
       </c>
       <c r="AC57" s="4">
         <v>120</v>
       </c>
       <c r="AD57" s="4">
         <v>120</v>
       </c>
       <c r="AE57" s="4">
         <v>120</v>
       </c>
       <c r="AF57" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
         <v>111</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>43</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C60" s="5">
         <v>409</v>
       </c>
       <c r="D60" s="5">
         <v>413</v>
       </c>
       <c r="E60" s="5">
         <v>421</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="B61" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C61" s="7">
         <v>100</v>
@@ -4010,138 +4010,147 @@
         <v>402</v>
       </c>
       <c r="D64" s="5">
         <v>369</v>
       </c>
     </row>
     <row r="65" spans="1:32">
       <c r="B65" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C65" s="7">
         <v>100</v>
       </c>
       <c r="D65" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C67" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="D67" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="D67" s="7" t="s">
+      <c r="E67" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="E67" s="7" t="s">
+      <c r="F67" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="F67" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G67" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="H67" s="7" t="s">
         <v>39</v>
       </c>
-      <c r="H67" s="7" t="s">
+      <c r="I67" s="7" t="s">
         <v>41</v>
       </c>
-      <c r="I67" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J67" s="7" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="K67" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="L67" s="7" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="68" spans="1:32">
       <c r="B68" s="6" t="s">
         <v>31</v>
       </c>
       <c r="C68" s="5">
+        <v>388</v>
+      </c>
+      <c r="D68" s="5">
         <v>394</v>
       </c>
-      <c r="D68" s="5">
+      <c r="E68" s="5">
         <v>421</v>
       </c>
-      <c r="E68" s="5">
+      <c r="F68" s="5">
         <v>417</v>
       </c>
-      <c r="F68" s="5">
+      <c r="G68" s="5">
         <v>412</v>
       </c>
-      <c r="G68" s="5">
+      <c r="H68" s="5">
         <v>427</v>
       </c>
-      <c r="H68" s="5">
+      <c r="I68" s="5">
         <v>390</v>
       </c>
-      <c r="I68" s="5">
+      <c r="J68" s="5">
         <v>427</v>
       </c>
-      <c r="J68" s="5">
+      <c r="K68" s="5">
         <v>375</v>
       </c>
-      <c r="K68" s="5">
+      <c r="L68" s="5">
         <v>382</v>
       </c>
     </row>
     <row r="69" spans="1:32">
       <c r="B69" s="6" t="s">
         <v>32</v>
       </c>
       <c r="C69" s="7">
         <v>100</v>
       </c>
       <c r="D69" s="7">
         <v>100</v>
       </c>
       <c r="E69" s="7">
         <v>100</v>
       </c>
       <c r="F69" s="7">
         <v>100</v>
       </c>
       <c r="G69" s="7">
         <v>100</v>
       </c>
       <c r="H69" s="7">
         <v>100</v>
       </c>
       <c r="I69" s="7">
         <v>100</v>
       </c>
       <c r="J69" s="7">
         <v>100</v>
       </c>
       <c r="K69" s="7">
+        <v>100</v>
+      </c>
+      <c r="L69" s="7">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>