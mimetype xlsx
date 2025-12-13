--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
     <t>Výsledky hráčů družstva Červ. Kostelec   na kuželně Č. Kostelec</t>
   </si>
   <si>
     <t>Tomáš Ladnar</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
@@ -153,50 +153,53 @@
     <t>31.10.2024</t>
   </si>
   <si>
     <t>17.10.2024</t>
   </si>
   <si>
     <t>3.10.2024</t>
   </si>
   <si>
     <t>19.9.2024</t>
   </si>
   <si>
     <t>2.11.2023</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>27.9.2022</t>
   </si>
   <si>
     <t>28.11.2021</t>
   </si>
   <si>
     <t>Dana Adamů</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>Dominik Semerák</t>
   </si>
   <si>
     <t>Ondřej Macháček</t>
   </si>
   <si>
     <t>26.10.2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -610,51 +613,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="M21" sqref="M21"/>
+      <selection activeCell="N21" sqref="N21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -1073,264 +1076,282 @@
       </c>
       <c r="O9" s="6">
         <v>100</v>
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>46</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="F11" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="G11" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="H11" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="J11" s="6" t="s">
+      <c r="K11" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="K11" s="6" t="s">
+      <c r="L11" s="6" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="7">
+        <v>531</v>
+      </c>
+      <c r="D12" s="7">
         <v>581</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>575</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>555</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>394</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>411</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>425</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>354</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>366</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>393</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="7">
         <v>120</v>
       </c>
       <c r="D13" s="7">
         <v>120</v>
       </c>
       <c r="E13" s="7">
         <v>120</v>
       </c>
-      <c r="F13" s="6">
-        <v>100</v>
+      <c r="F13" s="7">
+        <v>120</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
         <v>100</v>
       </c>
       <c r="K13" s="6">
+        <v>100</v>
+      </c>
+      <c r="L13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E19" s="6" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="H19" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="I19" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C20" s="4">
+      <c r="C20" s="7">
+        <v>492</v>
+      </c>
+      <c r="D20" s="4">
         <v>424</v>
       </c>
-      <c r="D20" s="7">
+      <c r="E20" s="7">
         <v>497</v>
       </c>
-      <c r="E20" s="7">
+      <c r="F20" s="7">
         <v>505</v>
       </c>
-      <c r="F20" s="7">
+      <c r="G20" s="7">
         <v>425</v>
       </c>
-      <c r="G20" s="7">
+      <c r="H20" s="7">
         <v>466</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>316</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>298</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>285</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>277</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>291</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>305</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C21" s="6">
-[...2 lines deleted...]
-      <c r="D21" s="7">
+      <c r="C21" s="7">
         <v>120</v>
+      </c>
+      <c r="D21" s="6">
+        <v>100</v>
       </c>
       <c r="E21" s="7">
         <v>120</v>
       </c>
       <c r="F21" s="7">
         <v>120</v>
       </c>
       <c r="G21" s="7">
         <v>120</v>
       </c>
-      <c r="H21" s="6">
-        <v>100</v>
+      <c r="H21" s="7">
+        <v>120</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
       <c r="M21" s="6">
+        <v>100</v>
+      </c>
+      <c r="N21" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>