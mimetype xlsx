--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -290,99 +290,99 @@
   <si>
     <t>16.9.2022</t>
   </si>
   <si>
     <t>14.4.2022</t>
   </si>
   <si>
     <t>25.3.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
   <si>
     <t>12.11.2021</t>
   </si>
   <si>
     <t>17.9.2021</t>
   </si>
   <si>
     <t>Václav Vejdělek</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>1.11.2024</t>
   </si>
   <si>
     <t>19.9.2024</t>
   </si>
   <si>
     <t>21.2.2020</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>16.1.2020</t>
   </si>
   <si>
     <t>14.11.2019</t>
   </si>
   <si>
     <t>8.11.2019</t>
   </si>
   <si>
     <t>25.10.2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.10.2019</t>
   </si>
   <si>
     <t>Martina Fejfarová</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
     <t>18.10.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>21.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>9.2.2024</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
@@ -2360,224 +2360,224 @@
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>92</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>93</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>94</v>
       </c>
       <c r="F23" s="6" t="s">
+        <v>95</v>
+      </c>
+      <c r="G23" s="6" t="s">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>96</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>97</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>98</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>99</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>100</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>101</v>
       </c>
       <c r="N23" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="O23" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>79</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>85</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>87</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>102</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>103</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>104</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>105</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C24" s="4">
+        <v>374</v>
+      </c>
+      <c r="D24" s="4">
         <v>360</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>406</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>381</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>331</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>429</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>401</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>415</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>387</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>359</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>393</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>359</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>370</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>384</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>411</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>365</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>371</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>395</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>423</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>417</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>403</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>384</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>338</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>395</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>419</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>370</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>412</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>390</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>356</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2639,81 +2639,81 @@
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>110</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>111</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>112</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>113</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>114</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>115</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>116</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>117</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>118</v>
       </c>
@@ -3791,84 +3791,84 @@
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>139</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>112</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>113</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>114</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>140</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>115</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>116</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>119</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>120</v>
       </c>