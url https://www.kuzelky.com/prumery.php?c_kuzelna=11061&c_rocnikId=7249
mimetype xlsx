--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="160">
   <si>
     <t>Výsledky hráčů družstva Smiřice B na kuželně Smiřice</t>
   </si>
   <si>
     <t>Stanislav Nosek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>30.10.2025</t>
   </si>
   <si>
     <t>23.10.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
@@ -330,50 +330,53 @@
     <t>18.10.2023</t>
   </si>
   <si>
     <t>9.3.2023</t>
   </si>
   <si>
     <t>26.10.2022</t>
   </si>
   <si>
     <t>Margita Novotná</t>
   </si>
   <si>
     <t>29.3.2019</t>
   </si>
   <si>
     <t>1.2.2018</t>
   </si>
   <si>
     <t>11.1.2018</t>
   </si>
   <si>
     <t>22.9.2017</t>
   </si>
   <si>
     <t>Roman Vrabec</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>3.12.2024</t>
   </si>
   <si>
     <t>14.9.2023</t>
   </si>
   <si>
     <t>3.11.2022</t>
   </si>
   <si>
     <t>20.10.2022</t>
   </si>
   <si>
     <t>15.9.2022</t>
   </si>
   <si>
     <t>14.4.2022</t>
   </si>
@@ -2207,233 +2210,233 @@
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
       <c r="K21" s="6">
         <v>100</v>
       </c>
       <c r="L21" s="6">
         <v>100</v>
       </c>
       <c r="M21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>105</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>106</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="D23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E23" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="F23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="H23" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="L23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M23" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="N23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="U23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V23" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="W23" s="6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>111</v>
       </c>
       <c r="Y23" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="Z23" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>113</v>
       </c>
       <c r="AB23" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="AC23" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>367</v>
+      </c>
+      <c r="D24" s="4">
         <v>371</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>378</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>424</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>437</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>388</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>397</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>386</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>422</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>393</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>395</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>396</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>393</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>430</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>391</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>405</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>426</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>419</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>395</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>432</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>386</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>448</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>395</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>413</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>416</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>405</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>432</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>395</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>408</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>414</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2489,138 +2492,138 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>91</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>94</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>13</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>42</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>18</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>491</v>
       </c>
       <c r="D28" s="4">
         <v>447</v>
       </c>
       <c r="E28" s="4">
         <v>470</v>
       </c>
       <c r="F28" s="4">
         <v>448</v>
       </c>
       <c r="G28" s="4">
@@ -2777,126 +2780,126 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>6</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>15</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>16</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
@@ -3065,126 +3068,126 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>39</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>69</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>71</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>72</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>428</v>
       </c>
       <c r="D36" s="4">
         <v>417</v>
       </c>
       <c r="E36" s="4">
         <v>387</v>
       </c>
       <c r="F36" s="4">
@@ -3326,84 +3329,84 @@
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>99</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>377</v>
       </c>
       <c r="D40" s="4">
         <v>370</v>
       </c>
       <c r="E40" s="4">
         <v>382</v>
       </c>
       <c r="F40" s="4">
         <v>346</v>
       </c>
       <c r="G40" s="4">
         <v>377</v>
       </c>
       <c r="H40" s="4">
@@ -3443,141 +3446,141 @@
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>89</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>93</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>95</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>14</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>66</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>408</v>
       </c>
       <c r="D44" s="4">
         <v>424</v>
       </c>
       <c r="E44" s="4">
         <v>410</v>
       </c>
       <c r="F44" s="4">
         <v>407</v>
       </c>
       <c r="G44" s="4">
         <v>383</v>
       </c>
       <c r="H44" s="4">
@@ -3731,132 +3734,132 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>87</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>89</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>90</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>91</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>92</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>39</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>96</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U47" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>15</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="X47" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Y47" s="6" t="s">
         <v>42</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="AA47" s="6" t="s">
         <v>17</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="AC47" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AD47" s="6" t="s">
         <v>44</v>
       </c>
       <c r="AE47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="AF47" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>418</v>
       </c>
       <c r="D48" s="4">
         <v>408</v>
       </c>
       <c r="E48" s="4">
@@ -4052,108 +4055,108 @@
       <c r="D51" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>90</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M51" s="6" t="s">
         <v>38</v>
       </c>
       <c r="N51" s="6" t="s">
         <v>39</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>40</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Q51" s="6" t="s">
         <v>15</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S51" s="6" t="s">
         <v>43</v>
       </c>
       <c r="T51" s="6" t="s">
         <v>44</v>
       </c>
       <c r="U51" s="6" t="s">
         <v>18</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>19</v>
       </c>
       <c r="W51" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X51" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="Y51" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>21</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>22</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AD51" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AE51" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>424</v>
       </c>
       <c r="D52" s="4">
         <v>438</v>
       </c>
       <c r="E52" s="4">
         <v>441</v>
       </c>
       <c r="F52" s="4">
         <v>442</v>
       </c>
       <c r="G52" s="4">
         <v>420</v>
       </c>
       <c r="H52" s="4">