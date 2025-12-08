--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="89">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>Výsledky hráčů družstva TJ Nová Paka D na kuželně Nová Paka</t>
   </si>
   <si>
     <t>Jaroslav Weihrauch</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>26.10.2022</t>
   </si>
   <si>
     <t>21.1.2022</t>
   </si>
   <si>
     <t>12.3.2020</t>
   </si>
   <si>
     <t>20.2.2020</t>
   </si>
   <si>
     <t>6.2.2020</t>
   </si>
   <si>
@@ -111,50 +111,53 @@
     <t>12.1.2018</t>
   </si>
   <si>
     <t>16.11.2017</t>
   </si>
   <si>
     <t>3.11.2017</t>
   </si>
   <si>
     <t>20.10.2017</t>
   </si>
   <si>
     <t>6.10.2017</t>
   </si>
   <si>
     <t>22.9.2017</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jana Vydrová</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
     <t>27.2.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>16.1.2025</t>
   </si>
@@ -703,68 +706,68 @@
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AC29"/>
+  <dimension ref="A1:AD29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="M29" sqref="M29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" customHeight="1" ht="21">
+    <row r="1" spans="1:30" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:29">
+    <row r="3" spans="1:30">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E3" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F3" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G3" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H3" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I3" s="6" t="s">
@@ -809,51 +812,51 @@
       <c r="V3" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W3" s="6" t="s">
         <v>23</v>
       </c>
       <c r="X3" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Y3" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Z3" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="4" spans="1:29">
+    <row r="4" spans="1:30">
       <c r="B4" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C4" s="4">
         <v>415</v>
       </c>
       <c r="D4" s="4">
         <v>369</v>
       </c>
       <c r="E4" s="4">
         <v>378</v>
       </c>
       <c r="F4" s="4">
         <v>415</v>
       </c>
       <c r="G4" s="4">
         <v>416</v>
       </c>
       <c r="H4" s="4">
         <v>453</v>
       </c>
       <c r="I4" s="4">
         <v>409</v>
       </c>
       <c r="J4" s="4">
@@ -895,51 +898,51 @@
       <c r="V4" s="4">
         <v>388</v>
       </c>
       <c r="W4" s="4">
         <v>427</v>
       </c>
       <c r="X4" s="4">
         <v>413</v>
       </c>
       <c r="Y4" s="4">
         <v>407</v>
       </c>
       <c r="Z4" s="4">
         <v>423</v>
       </c>
       <c r="AA4" s="4">
         <v>419</v>
       </c>
       <c r="AB4" s="4">
         <v>403</v>
       </c>
       <c r="AC4" s="4">
         <v>409</v>
       </c>
     </row>
-    <row r="5" spans="1:29">
+    <row r="5" spans="1:30">
       <c r="B5" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
         <v>100</v>
       </c>
       <c r="J5" s="6">
@@ -981,51 +984,51 @@
       <c r="V5" s="6">
         <v>100</v>
       </c>
       <c r="W5" s="6">
         <v>100</v>
       </c>
       <c r="X5" s="6">
         <v>100</v>
       </c>
       <c r="Y5" s="6">
         <v>100</v>
       </c>
       <c r="Z5" s="6">
         <v>100</v>
       </c>
       <c r="AA5" s="6">
         <v>100</v>
       </c>
       <c r="AB5" s="6">
         <v>100</v>
       </c>
       <c r="AC5" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="7" spans="1:29">
+    <row r="7" spans="1:30">
       <c r="A7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="6" t="s">
         <v>35</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="6" t="s">
@@ -1061,146 +1064,152 @@
       <c r="S7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AA7" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="AB7" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>58</v>
       </c>
-    </row>
-    <row r="8" spans="1:29">
+      <c r="AD7" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:30">
       <c r="B8" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="4">
+        <v>412</v>
+      </c>
+      <c r="D8" s="4">
         <v>380</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>434</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>401</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>360</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>377</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>453</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>418</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>432</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>402</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>369</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>387</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>393</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>380</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="Q8" s="4">
         <v>409</v>
       </c>
       <c r="R8" s="4">
+        <v>409</v>
+      </c>
+      <c r="S8" s="4">
         <v>390</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>405</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>364</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>353</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>342</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>385</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>363</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>368</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>358</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>374</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>330</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>319</v>
       </c>
     </row>
-    <row r="9" spans="1:29">
+    <row r="9" spans="1:30">
       <c r="B9" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
       <c r="J9" s="6">
@@ -1241,114 +1250,117 @@
       </c>
       <c r="V9" s="6">
         <v>100</v>
       </c>
       <c r="W9" s="6">
         <v>100</v>
       </c>
       <c r="X9" s="6">
         <v>100</v>
       </c>
       <c r="Y9" s="6">
         <v>100</v>
       </c>
       <c r="Z9" s="6">
         <v>100</v>
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
-    </row>
-    <row r="11" spans="1:29">
+      <c r="AD9" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="11" spans="1:30">
       <c r="A11" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:29">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="12" spans="1:30">
       <c r="B12" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C12" s="4">
         <v>397</v>
       </c>
       <c r="D12" s="4">
         <v>402</v>
       </c>
       <c r="E12" s="4">
         <v>395</v>
       </c>
       <c r="F12" s="4">
         <v>357</v>
       </c>
       <c r="G12" s="4">
         <v>433</v>
       </c>
       <c r="H12" s="4">
         <v>417</v>
       </c>
       <c r="I12" s="4">
         <v>376</v>
       </c>
       <c r="J12" s="4">
@@ -1363,51 +1375,51 @@
       <c r="M12" s="4">
         <v>381</v>
       </c>
       <c r="N12" s="4">
         <v>427</v>
       </c>
       <c r="O12" s="4">
         <v>368</v>
       </c>
       <c r="P12" s="4">
         <v>339</v>
       </c>
       <c r="Q12" s="4">
         <v>326</v>
       </c>
       <c r="R12" s="4">
         <v>344</v>
       </c>
       <c r="S12" s="4">
         <v>361</v>
       </c>
       <c r="T12" s="4">
         <v>352</v>
       </c>
     </row>
-    <row r="13" spans="1:29">
+    <row r="13" spans="1:30">
       <c r="B13" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
@@ -1422,289 +1434,295 @@
       <c r="M13" s="6">
         <v>100</v>
       </c>
       <c r="N13" s="6">
         <v>100</v>
       </c>
       <c r="O13" s="6">
         <v>100</v>
       </c>
       <c r="P13" s="6">
         <v>100</v>
       </c>
       <c r="Q13" s="6">
         <v>100</v>
       </c>
       <c r="R13" s="6">
         <v>100</v>
       </c>
       <c r="S13" s="6">
         <v>100</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="15" spans="1:29">
+    <row r="15" spans="1:30">
       <c r="A15" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>50</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:29">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:30">
       <c r="B16" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="4">
         <v>364</v>
       </c>
       <c r="D16" s="4">
         <v>364</v>
       </c>
       <c r="E16" s="4">
         <v>380</v>
       </c>
       <c r="F16" s="4">
         <v>361</v>
       </c>
       <c r="G16" s="4">
         <v>317</v>
       </c>
     </row>
-    <row r="17" spans="1:29">
+    <row r="17" spans="1:30">
       <c r="B17" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="19" spans="1:29">
+    <row r="19" spans="1:30">
       <c r="A19" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>33</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>71</v>
+        <v>37</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>72</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>75</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>76</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>77</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>83</v>
+        <v>44</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>44</v>
+        <v>84</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>84</v>
+        <v>47</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>47</v>
+        <v>86</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:29">
+        <v>50</v>
+      </c>
+      <c r="AD19" s="6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="20" spans="1:30">
       <c r="B20" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C20" s="4">
+        <v>436</v>
+      </c>
+      <c r="D20" s="4">
         <v>405</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>453</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>396</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>446</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>434</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>441</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>435</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>414</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>403</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>428</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>408</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>427</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>429</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>394</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>377</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>396</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>410</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>400</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>439</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>430</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>386</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>417</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>422</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>405</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>392</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>405</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>348</v>
       </c>
     </row>
-    <row r="21" spans="1:29">
+    <row r="21" spans="1:30">
       <c r="B21" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
@@ -1745,230 +1763,233 @@
       </c>
       <c r="V21" s="6">
         <v>100</v>
       </c>
       <c r="W21" s="6">
         <v>100</v>
       </c>
       <c r="X21" s="6">
         <v>100</v>
       </c>
       <c r="Y21" s="6">
         <v>100</v>
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
-    </row>
-    <row r="23" spans="1:29">
+      <c r="AD21" s="6">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="23" spans="1:30">
       <c r="A23" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:29">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="24" spans="1:30">
       <c r="B24" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C24" s="4">
         <v>352</v>
       </c>
       <c r="D24" s="4">
         <v>407</v>
       </c>
       <c r="E24" s="4">
         <v>350</v>
       </c>
       <c r="F24" s="4">
         <v>364</v>
       </c>
       <c r="G24" s="4">
         <v>285</v>
       </c>
       <c r="H24" s="4">
         <v>347</v>
       </c>
       <c r="I24" s="4">
         <v>325</v>
       </c>
       <c r="J24" s="4">
         <v>333</v>
       </c>
       <c r="K24" s="4">
         <v>307</v>
       </c>
     </row>
-    <row r="25" spans="1:29">
+    <row r="25" spans="1:30">
       <c r="B25" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
       <c r="K25" s="6">
         <v>100</v>
       </c>
     </row>
-    <row r="27" spans="1:29">
+    <row r="27" spans="1:30">
       <c r="A27" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>52</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:29">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="28" spans="1:30">
       <c r="B28" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C28" s="4">
         <v>363</v>
       </c>
       <c r="D28" s="4">
         <v>388</v>
       </c>
       <c r="E28" s="4">
         <v>406</v>
       </c>
       <c r="F28" s="4">
         <v>429</v>
       </c>
       <c r="G28" s="4">
         <v>371</v>
       </c>
       <c r="H28" s="4">
         <v>443</v>
       </c>
       <c r="I28" s="4">
         <v>336</v>
       </c>
       <c r="J28" s="4">
         <v>399</v>
       </c>
       <c r="K28" s="4">
         <v>403</v>
       </c>
       <c r="L28" s="4">
         <v>369</v>
       </c>
       <c r="M28" s="4">
         <v>383</v>
       </c>
     </row>
-    <row r="29" spans="1:29">
+    <row r="29" spans="1:30">
       <c r="B29" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">