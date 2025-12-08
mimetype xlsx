--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="131">
   <si>
     <t>Výsledky hráčů družstva Nová Paka B na kuželně Nová Paka</t>
   </si>
   <si>
     <t>Bohuslav Bajer</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>13.3.2025</t>
   </si>
   <si>
     <t>27.2.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>6.2.2025</t>
   </si>
   <si>
     <t>16.1.2025</t>
   </si>
   <si>
     <t>14.11.2024</t>
@@ -108,53 +111,50 @@
     <t>29.9.2022</t>
   </si>
   <si>
     <t>18.9.2020</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>21.2.2020</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>10.1.2020</t>
   </si>
   <si>
     <t>22.11.2019</t>
   </si>
   <si>
     <t>8.11.2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>25.10.2019</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Jaroslav Fajfer</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
@@ -961,138 +961,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>402</v>
+      </c>
+      <c r="D4" s="4">
         <v>389</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>395</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>391</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>428</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>385</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>376</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>407</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>401</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>380</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>439</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>415</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>384</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>381</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>373</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>418</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>402</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>408</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>412</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="W4" s="4">
         <v>406</v>
       </c>
       <c r="X4" s="4">
+        <v>406</v>
+      </c>
+      <c r="Y4" s="4">
         <v>384</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>400</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>429</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>418</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>440</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>430</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>457</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>428</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
@@ -1154,105 +1154,105 @@
       </c>
       <c r="AB5" s="6">
         <v>100</v>
       </c>
       <c r="AC5" s="6">
         <v>100</v>
       </c>
       <c r="AD5" s="6">
         <v>100</v>
       </c>
       <c r="AE5" s="6">
         <v>100</v>
       </c>
       <c r="AF5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="T7" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="U7" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>57</v>
       </c>
@@ -1496,54 +1496,54 @@
       <c r="M11" s="6" t="s">
         <v>43</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>44</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>45</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>47</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>48</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>49</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>50</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>53</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>57</v>
       </c>
@@ -1733,54 +1733,54 @@
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>42</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>44</v>
       </c>
@@ -2099,51 +2099,51 @@
       <c r="V19" s="6" t="s">
         <v>43</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>450</v>
       </c>
       <c r="D20" s="4">
         <v>436</v>
       </c>
       <c r="E20" s="4">
         <v>425</v>
       </c>
       <c r="F20" s="4">
         <v>454</v>
       </c>
       <c r="G20" s="4">
@@ -2360,51 +2360,51 @@
       <c r="M23" s="6" t="s">
         <v>108</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>109</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>110</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>111</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>68</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>112</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>113</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>52</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>114</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>115</v>
       </c>
@@ -2666,54 +2666,54 @@
       <c r="S27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>45</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>388</v>
       </c>
       <c r="D28" s="4">
         <v>422</v>
       </c>
       <c r="E28" s="4">
@@ -2954,54 +2954,54 @@
       <c r="S31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>48</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AD31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>436</v>
       </c>
       <c r="D32" s="4">
         <v>392</v>
       </c>
       <c r="E32" s="4">
@@ -3173,211 +3173,217 @@
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E35" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="G35" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="H35" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="H35" s="6" t="s">
+      <c r="I35" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="K35" s="6" t="s">
+      <c r="L35" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="O35" s="6" t="s">
+      <c r="P35" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="S35" s="6" t="s">
+      <c r="T35" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="T35" s="6" t="s">
+      <c r="U35" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="U35" s="6" t="s">
+      <c r="V35" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="V35" s="6" t="s">
+      <c r="W35" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="X35" s="6" t="s">
+      <c r="Y35" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Y35" s="6" t="s">
+      <c r="Z35" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="AA35" s="6" t="s">
+      <c r="AB35" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="AB35" s="6" t="s">
+      <c r="AC35" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>436</v>
+      </c>
+      <c r="D36" s="4">
         <v>405</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>453</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>396</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>446</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>434</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>441</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>435</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>414</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>403</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>428</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>408</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>427</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>429</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>394</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>377</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>396</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>410</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>400</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>439</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>430</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>386</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>417</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>422</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>405</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>392</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>405</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>348</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
@@ -3422,66 +3428,69 @@
       </c>
       <c r="V37" s="6">
         <v>100</v>
       </c>
       <c r="W37" s="6">
         <v>100</v>
       </c>
       <c r="X37" s="6">
         <v>100</v>
       </c>
       <c r="Y37" s="6">
         <v>100</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
+      <c r="AD37" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>129</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>122</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>123</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>124</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>125</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>126</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>127</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>130</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>128</v>
       </c>