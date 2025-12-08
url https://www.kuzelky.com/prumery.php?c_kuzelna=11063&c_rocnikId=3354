--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -260,50 +260,53 @@
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>10.11.2022</t>
   </si>
   <si>
     <t>27.10.2022</t>
   </si>
   <si>
     <t>7.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>Václav Perchlík st.</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
     <t>14.4.2022</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
@@ -318,53 +321,50 @@
     <t>10.1.2020</t>
   </si>
   <si>
     <t>1.11.2019</t>
   </si>
   <si>
     <t>18.10.2019</t>
   </si>
   <si>
     <t>4.10.2019</t>
   </si>
   <si>
     <t>29.3.2019</t>
   </si>
   <si>
     <t>12.3.2019</t>
   </si>
   <si>
     <t>8.3.2019</t>
   </si>
   <si>
     <t>8.2.2019</t>
   </si>
   <si>
     <t>18.1.2019</t>
-  </si>
-[...1 lines deleted...]
-    <t>16.11.2018</t>
   </si>
   <si>
     <t>Michal Hynek</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>Jiří Zvejška</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
@@ -1808,218 +1808,218 @@
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>81</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>83</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>84</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>85</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>86</v>
       </c>
       <c r="H15" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="I15" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="J15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K15" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="L15" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>89</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>90</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>91</v>
       </c>
       <c r="P15" s="6" t="s">
+        <v>92</v>
+      </c>
+      <c r="Q15" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>93</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>94</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>95</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>96</v>
       </c>
       <c r="Z15" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="AA15" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>425</v>
+      </c>
+      <c r="D16" s="4">
         <v>418</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>413</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="G16" s="4">
         <v>406</v>
       </c>
       <c r="H16" s="4">
+        <v>406</v>
+      </c>
+      <c r="I16" s="4">
         <v>436</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>430</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>424</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>450</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>446</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>430</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>441</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>440</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>480</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>436</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>416</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>425</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>415</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>447</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>416</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>442</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>410</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>432</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>436</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>437</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>464</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>408</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>449</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -2372,51 +2372,51 @@
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>108</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>109</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>110</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>111</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>66</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>112</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>113</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>36</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>114</v>
       </c>
@@ -3152,63 +3152,63 @@
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>63</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>108</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>64</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>109</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>148</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>105</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>65</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>137</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>110</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>138</v>
       </c>
@@ -3431,233 +3431,233 @@
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>149</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>84</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>85</v>
       </c>
       <c r="F39" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="G39" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="H39" s="6" t="s">
+      <c r="I39" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="I39" s="6" t="s">
+      <c r="J39" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="K39" s="6" t="s">
+      <c r="L39" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>144</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>49</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>95</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AB39" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="AC39" s="6" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>426</v>
+      </c>
+      <c r="D40" s="4">
         <v>402</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>389</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>387</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>420</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>447</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>401</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>427</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>379</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>425</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>424</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>415</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>449</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>404</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>365</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>423</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>430</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>401</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>382</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>396</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>389</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>383</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>374</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>447</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>448</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>454</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>411</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>439</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>449</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">