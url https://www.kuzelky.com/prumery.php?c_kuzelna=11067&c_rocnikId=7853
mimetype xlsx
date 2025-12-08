--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -122,50 +122,53 @@
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>28.9.2023</t>
   </si>
   <si>
     <t>22.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>3.4.2023</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Milan Vošvrda</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>29.11.2024</t>
@@ -182,147 +185,144 @@
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>14.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>17.11.2022</t>
   </si>
   <si>
     <t>26.10.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
+    <t>Jaroslav Šrámek</t>
+  </si>
+  <si>
+    <t>26.9.2025</t>
+  </si>
+  <si>
+    <t>28.3.2025</t>
+  </si>
+  <si>
+    <t>2.12.2022</t>
+  </si>
+  <si>
+    <t>25.11.2022</t>
+  </si>
+  <si>
+    <t>11.11.2022</t>
+  </si>
+  <si>
+    <t>27.10.2022</t>
+  </si>
+  <si>
+    <t>30.9.2022</t>
+  </si>
+  <si>
+    <t>26.11.2021</t>
+  </si>
+  <si>
+    <t>15.10.2021</t>
+  </si>
+  <si>
+    <t>1.10.2020</t>
+  </si>
+  <si>
+    <t>11.1.2019</t>
+  </si>
+  <si>
+    <t>1.11.2018</t>
+  </si>
+  <si>
+    <t>5.10.2018</t>
+  </si>
+  <si>
+    <t>21.9.2018</t>
+  </si>
+  <si>
+    <t>13.9.2018</t>
+  </si>
+  <si>
+    <t>Jan Brouček</t>
+  </si>
+  <si>
+    <t>10.10.2025</t>
+  </si>
+  <si>
+    <t>30.3.2023</t>
+  </si>
+  <si>
+    <t>Kamil Vošvrda</t>
+  </si>
+  <si>
     <t>1.4.2022</t>
   </si>
   <si>
-    <t>Jaroslav Šrámek</t>
-[...58 lines deleted...]
-  <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>4.3.2022</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>8.12.2021</t>
   </si>
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>22.10.2021</t>
   </si>
   <si>
     <t>8.10.2021</t>
   </si>
   <si>
     <t>2.10.2020</t>
   </si>
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>21.2.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.2.2020</t>
   </si>
   <si>
     <t>Ondřej Brouček</t>
   </si>
   <si>
     <t>Jan Bernhard</t>
   </si>
   <si>
     <t>Daniel Vošvrda</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="5">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="Z33" sqref="Z33"/>
+      <selection activeCell="AA33" sqref="AA33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -1031,227 +1031,227 @@
       </c>
       <c r="AD5" s="6">
         <v>100</v>
       </c>
       <c r="AE5" s="6">
         <v>100</v>
       </c>
       <c r="AF5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K7" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="L7" s="6" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q7" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="R7" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R7" s="6" t="s">
+      <c r="S7" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="S7" s="6" t="s">
+      <c r="T7" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="T7" s="6" t="s">
+      <c r="U7" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="U7" s="6" t="s">
+      <c r="V7" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="V7" s="6" t="s">
+      <c r="W7" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="W7" s="6" t="s">
+      <c r="X7" s="6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AB7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>426</v>
+      </c>
+      <c r="D8" s="4">
         <v>443</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>462</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>399</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>405</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>416</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>428</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>386</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>396</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>393</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>416</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>397</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>383</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>420</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>442</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>419</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>443</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>415</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>427</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>391</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>393</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>370</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>407</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>412</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>432</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>414</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>443</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>410</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>440</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>397</v>
-      </c>
-[...1 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1322,90 +1322,90 @@
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>59</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>31</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>60</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>67</v>
       </c>
@@ -1682,57 +1682,57 @@
       <c r="V15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD15" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AF15" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>423</v>
       </c>
       <c r="D16" s="4">
         <v>447</v>
       </c>
       <c r="E16" s="4">
         <v>431</v>
       </c>
       <c r="F16" s="4">
         <v>419</v>
       </c>
       <c r="G16" s="4">
         <v>479</v>
       </c>
       <c r="H16" s="4">
         <v>436</v>
       </c>
       <c r="I16" s="4">
@@ -1889,233 +1889,233 @@
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D19" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="E19" s="6" t="s">
         <v>59</v>
       </c>
-      <c r="E19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="G19" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="G19" s="6" t="s">
+      <c r="H19" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="H19" s="6" t="s">
+      <c r="I19" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="I19" s="6" t="s">
+      <c r="J19" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="J19" s="6" t="s">
+      <c r="K19" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="M19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N19" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="P19" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="Q19" s="6" t="s">
         <v>61</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="S19" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>77</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="AE19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>0</v>
+      </c>
+      <c r="D20" s="4">
         <v>389</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>378</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>455</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>445</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>419</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>410</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>435</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>410</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>438</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>459</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>460</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>426</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>469</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
       <c r="R20" s="4">
         <v>447</v>
       </c>
       <c r="S20" s="4">
+        <v>447</v>
+      </c>
+      <c r="T20" s="4">
         <v>453</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>445</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>508</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>421</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>454</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>431</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>420</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>421</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>424</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>463</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>428</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>487</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>442</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2549,51 +2549,51 @@
       <c r="W27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
         <v>425</v>
       </c>
       <c r="D28" s="4">
         <v>447</v>
       </c>
       <c r="E28" s="4">
         <v>403</v>
       </c>
       <c r="F28" s="4">
         <v>436</v>
       </c>
       <c r="G28" s="4">
         <v>430</v>
       </c>
       <c r="H28" s="4">
@@ -2759,190 +2759,196 @@
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>91</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G31" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H31" s="6" t="s">
         <v>59</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>45</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>388</v>
+      </c>
+      <c r="D32" s="4">
         <v>398</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>389</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>424</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>398</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>383</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>405</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>459</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>399</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>395</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>392</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>367</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>390</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>374</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>378</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>366</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>367</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>384</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>381</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>363</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>385</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>415</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>374</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>390</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>401</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
@@ -2976,50 +2982,53 @@
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
       <c r="U33" s="6">
         <v>100</v>
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA33" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>