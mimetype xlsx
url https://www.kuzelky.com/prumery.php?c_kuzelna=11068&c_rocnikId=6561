--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="98">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
   <si>
     <t>Výsledky hráčů družstva Hylváty A na kuželně Hylváty</t>
   </si>
   <si>
     <t>Matěj Mach</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>23.3.2023</t>
   </si>
   <si>
     <t>9.3.2023</t>
   </si>
   <si>
     <t>23.2.2023</t>
   </si>
   <si>
     <t>9.2.2023</t>
   </si>
   <si>
     <t>19.1.2023</t>
   </si>
   <si>
@@ -122,50 +122,53 @@
   <si>
     <t>6.3.2020</t>
   </si>
   <si>
     <t>14.2.2020</t>
   </si>
   <si>
     <t>31.1.2020</t>
   </si>
   <si>
     <t>19.1.2020</t>
   </si>
   <si>
     <t>10.1.2020</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Vojtěch Morávek</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>12.9.2025</t>
@@ -209,93 +212,93 @@
   <si>
     <t>3.11.2024</t>
   </si>
   <si>
     <t>13.10.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>6.10.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
   </si>
   <si>
     <t>22.3.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>3.3.2024</t>
   </si>
   <si>
+    <t>Jana Poláková</t>
+  </si>
+  <si>
+    <t>7.10.2020</t>
+  </si>
+  <si>
+    <t>23.9.2020</t>
+  </si>
+  <si>
+    <t>20.9.2020</t>
+  </si>
+  <si>
+    <t>16.2.2020</t>
+  </si>
+  <si>
+    <t>10.11.2019</t>
+  </si>
+  <si>
+    <t>3.11.2019</t>
+  </si>
+  <si>
+    <t>Anthony Šípek</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>14.11.2025</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
+    <t>17.10.2025</t>
+  </si>
+  <si>
+    <t>30.9.2025</t>
+  </si>
+  <si>
+    <t>25.10.2024</t>
+  </si>
+  <si>
     <t>23.2.2024</t>
-  </si>
-[...40 lines deleted...]
-    <t>25.10.2024</t>
   </si>
   <si>
     <t>Jan Žemlička</t>
   </si>
   <si>
     <t>5.2.2023</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>21.10.2022</t>
   </si>
   <si>
     <t>7.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>3.4.2022</t>
   </si>
   <si>
     <t>20.3.2022</t>
   </si>
@@ -1149,234 +1152,234 @@
         <v>59</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>61</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>62</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>63</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>64</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="4">
+      <c r="C8" s="5">
+        <v>527</v>
+      </c>
+      <c r="D8" s="4">
         <v>502</v>
       </c>
-      <c r="D8" s="5">
+      <c r="E8" s="5">
         <v>577</v>
       </c>
-      <c r="E8" s="5">
+      <c r="F8" s="5">
         <v>512</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>463</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>475</v>
       </c>
-      <c r="H8" s="5">
+      <c r="I8" s="5">
         <v>524</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>472</v>
       </c>
-      <c r="J8" s="5">
+      <c r="K8" s="5">
         <v>539</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>467</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>462</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>460</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>473</v>
       </c>
-      <c r="O8" s="5">
+      <c r="P8" s="5">
         <v>514</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>462</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>386</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>385</v>
       </c>
-      <c r="S8" s="5">
+      <c r="T8" s="5">
         <v>569</v>
       </c>
-      <c r="T8" s="5">
+      <c r="U8" s="5">
         <v>545</v>
       </c>
-      <c r="U8" s="5">
+      <c r="V8" s="5">
         <v>564</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>481</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>467</v>
       </c>
-      <c r="X8" s="5">
+      <c r="Y8" s="5">
         <v>561</v>
       </c>
-      <c r="Y8" s="5">
+      <c r="Z8" s="5">
         <v>533</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>427</v>
       </c>
-      <c r="AA8" s="5">
+      <c r="AB8" s="5">
         <v>532</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>477</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>467</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>430</v>
       </c>
-      <c r="AE8" s="5">
+      <c r="AF8" s="5">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C9" s="7">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="C9" s="5">
+        <v>120</v>
+      </c>
+      <c r="D9" s="7">
+        <v>100</v>
       </c>
       <c r="E9" s="5">
         <v>120</v>
       </c>
-      <c r="F9" s="7">
-        <v>100</v>
+      <c r="F9" s="5">
+        <v>120</v>
       </c>
       <c r="G9" s="7">
         <v>100</v>
       </c>
-      <c r="H9" s="5">
-[...9 lines deleted...]
-        <v>100</v>
+      <c r="H9" s="7">
+        <v>100</v>
+      </c>
+      <c r="I9" s="5">
+        <v>120</v>
+      </c>
+      <c r="J9" s="7">
+        <v>100</v>
+      </c>
+      <c r="K9" s="5">
+        <v>120</v>
       </c>
       <c r="L9" s="7">
         <v>100</v>
       </c>
       <c r="M9" s="7">
         <v>100</v>
       </c>
       <c r="N9" s="7">
         <v>100</v>
       </c>
-      <c r="O9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="O9" s="7">
+        <v>100</v>
+      </c>
+      <c r="P9" s="5">
+        <v>120</v>
       </c>
       <c r="Q9" s="7">
         <v>100</v>
       </c>
       <c r="R9" s="7">
         <v>100</v>
       </c>
-      <c r="S9" s="5">
-        <v>120</v>
+      <c r="S9" s="7">
+        <v>100</v>
       </c>
       <c r="T9" s="5">
         <v>120</v>
       </c>
       <c r="U9" s="5">
         <v>120</v>
       </c>
-      <c r="V9" s="7">
-        <v>100</v>
+      <c r="V9" s="5">
+        <v>120</v>
       </c>
       <c r="W9" s="7">
         <v>100</v>
       </c>
-      <c r="X9" s="5">
-        <v>120</v>
+      <c r="X9" s="7">
+        <v>100</v>
       </c>
       <c r="Y9" s="5">
         <v>120</v>
       </c>
-      <c r="Z9" s="7">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="Z9" s="5">
+        <v>120</v>
+      </c>
+      <c r="AA9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AB9" s="5">
+        <v>120</v>
       </c>
       <c r="AC9" s="7">
         <v>100</v>
       </c>
       <c r="AD9" s="7">
         <v>100</v>
       </c>
-      <c r="AE9" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AE9" s="7">
+        <v>100</v>
+      </c>
+      <c r="AF9" s="5">
+        <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
         <v>67</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>68</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>69</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>70</v>
       </c>
       <c r="G11" s="7" t="s">
         <v>71</v>
       </c>
       <c r="H11" s="7" t="s">
@@ -1418,135 +1421,135 @@
       </c>
       <c r="E13" s="7">
         <v>100</v>
       </c>
       <c r="F13" s="5">
         <v>120</v>
       </c>
       <c r="G13" s="5">
         <v>120</v>
       </c>
       <c r="H13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>73</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>75</v>
       </c>
       <c r="F15" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>76</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>77</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>78</v>
       </c>
       <c r="K15" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L15" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M15" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N15" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O15" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="P15" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q15" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R15" s="7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="S15" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T15" s="7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="V15" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="X15" s="7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>79</v>
       </c>
       <c r="Z15" s="7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="AA15" s="7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="AB15" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="AC15" s="7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="AD15" s="7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="AE15" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="AF15" s="7" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
         <v>418</v>
       </c>
       <c r="D16" s="5">
         <v>525</v>
       </c>
       <c r="E16" s="4">
         <v>449</v>
       </c>
       <c r="F16" s="5">
         <v>541</v>
       </c>
       <c r="G16" s="4">
         <v>428</v>
       </c>
       <c r="H16" s="4">
         <v>426</v>
       </c>
       <c r="I16" s="5">
@@ -1697,108 +1700,108 @@
       </c>
       <c r="Z17" s="5">
         <v>120</v>
       </c>
       <c r="AA17" s="7">
         <v>100</v>
       </c>
       <c r="AB17" s="5">
         <v>120</v>
       </c>
       <c r="AC17" s="7">
         <v>100</v>
       </c>
       <c r="AD17" s="7">
         <v>100</v>
       </c>
       <c r="AE17" s="5">
         <v>120</v>
       </c>
       <c r="AF17" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D19" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>316</v>
       </c>
       <c r="D20" s="4">
         <v>314</v>
       </c>
       <c r="E20" s="4">
         <v>352</v>
       </c>
       <c r="F20" s="4">
         <v>328</v>
       </c>
       <c r="G20" s="4">
         <v>380</v>
       </c>
       <c r="H20" s="4">
         <v>369</v>
       </c>
       <c r="I20" s="4">