--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="188">
   <si>
     <t>Výsledky hráčů družstva Hylváty A na kuželně Hylváty</t>
   </si>
   <si>
     <t>Ladislav Kolář</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>26.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
@@ -534,50 +534,53 @@
     <t>16.2.2020</t>
   </si>
   <si>
     <t>9.2.2020</t>
   </si>
   <si>
     <t>1.12.2019</t>
   </si>
   <si>
     <t>3.11.2019</t>
   </si>
   <si>
     <t>6.10.2019</t>
   </si>
   <si>
     <t>3.10.2019</t>
   </si>
   <si>
     <t>19.9.2019</t>
   </si>
   <si>
     <t>15.9.2019</t>
   </si>
   <si>
     <t>Vojtěch Morávek</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>8.12.2024</t>
   </si>
   <si>
     <t>1.12.2024</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
@@ -4724,423 +4727,423 @@
       </c>
       <c r="V53" s="7">
         <v>120</v>
       </c>
       <c r="W53" s="7">
         <v>120</v>
       </c>
       <c r="X53" s="6">
         <v>100</v>
       </c>
       <c r="Y53" s="6">
         <v>100</v>
       </c>
       <c r="Z53" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>173</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
+        <v>174</v>
+      </c>
+      <c r="D55" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="E55" s="6" t="s">
         <v>175</v>
       </c>
       <c r="F55" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G55" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="G55" s="6" t="s">
+      <c r="H55" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="H55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I55" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="J55" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K55" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="L55" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="M55" s="6" t="s">
+      <c r="N55" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="N55" s="6" t="s">
+      <c r="O55" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="O55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P55" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q55" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="Q55" s="6" t="s">
+      <c r="R55" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R55" s="6" t="s">
+      <c r="S55" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="T55" s="6" t="s">
         <v>180</v>
       </c>
       <c r="U55" s="6" t="s">
         <v>181</v>
       </c>
       <c r="V55" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="W55" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="W55" s="6" t="s">
+      <c r="X55" s="6" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="Y55" s="6" t="s">
         <v>183</v>
       </c>
       <c r="Z55" s="6" t="s">
+        <v>184</v>
+      </c>
+      <c r="AA55" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AA55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB55" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="AC55" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="AC55" s="6" t="s">
+      <c r="AD55" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AD55" s="6" t="s">
+      <c r="AE55" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AE55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF55" s="6" t="s">
-        <v>46</v>
+        <v>186</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C56" s="4">
+      <c r="C56" s="7">
+        <v>527</v>
+      </c>
+      <c r="D56" s="4">
         <v>502</v>
       </c>
-      <c r="D56" s="7">
+      <c r="E56" s="7">
         <v>577</v>
       </c>
-      <c r="E56" s="7">
+      <c r="F56" s="7">
         <v>512</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>463</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>475</v>
       </c>
-      <c r="H56" s="7">
+      <c r="I56" s="7">
         <v>524</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="4">
         <v>472</v>
       </c>
-      <c r="J56" s="7">
+      <c r="K56" s="7">
         <v>539</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>467</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>462</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>460</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>473</v>
       </c>
-      <c r="O56" s="7">
+      <c r="P56" s="7">
         <v>514</v>
       </c>
-      <c r="P56" s="4">
+      <c r="Q56" s="4">
         <v>462</v>
       </c>
-      <c r="Q56" s="4">
+      <c r="R56" s="4">
         <v>386</v>
       </c>
-      <c r="R56" s="4">
+      <c r="S56" s="4">
         <v>385</v>
       </c>
-      <c r="S56" s="7">
+      <c r="T56" s="7">
         <v>569</v>
       </c>
-      <c r="T56" s="7">
+      <c r="U56" s="7">
         <v>545</v>
       </c>
-      <c r="U56" s="7">
+      <c r="V56" s="7">
         <v>564</v>
       </c>
-      <c r="V56" s="4">
+      <c r="W56" s="4">
         <v>481</v>
       </c>
-      <c r="W56" s="4">
+      <c r="X56" s="4">
         <v>467</v>
       </c>
-      <c r="X56" s="7">
+      <c r="Y56" s="7">
         <v>561</v>
       </c>
-      <c r="Y56" s="7">
+      <c r="Z56" s="7">
         <v>533</v>
       </c>
-      <c r="Z56" s="4">
+      <c r="AA56" s="4">
         <v>427</v>
       </c>
-      <c r="AA56" s="7">
+      <c r="AB56" s="7">
         <v>532</v>
       </c>
-      <c r="AB56" s="4">
+      <c r="AC56" s="4">
         <v>477</v>
       </c>
-      <c r="AC56" s="4">
+      <c r="AD56" s="4">
         <v>467</v>
       </c>
-      <c r="AD56" s="4">
+      <c r="AE56" s="4">
         <v>430</v>
       </c>
-      <c r="AE56" s="7">
+      <c r="AF56" s="7">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C57" s="6">
-[...2 lines deleted...]
-      <c r="D57" s="7">
+      <c r="C57" s="7">
         <v>120</v>
+      </c>
+      <c r="D57" s="6">
+        <v>100</v>
       </c>
       <c r="E57" s="7">
         <v>120</v>
       </c>
-      <c r="F57" s="6">
-        <v>100</v>
+      <c r="F57" s="7">
+        <v>120</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
-      <c r="H57" s="7">
+      <c r="H57" s="6">
+        <v>100</v>
+      </c>
+      <c r="I57" s="7">
         <v>120</v>
       </c>
-      <c r="I57" s="6">
-[...2 lines deleted...]
-      <c r="J57" s="7">
+      <c r="J57" s="6">
+        <v>100</v>
+      </c>
+      <c r="K57" s="7">
         <v>120</v>
       </c>
-      <c r="K57" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="L57" s="6">
         <v>100</v>
       </c>
       <c r="M57" s="6">
         <v>100</v>
       </c>
       <c r="N57" s="6">
         <v>100</v>
       </c>
-      <c r="O57" s="7">
+      <c r="O57" s="6">
+        <v>100</v>
+      </c>
+      <c r="P57" s="7">
         <v>120</v>
       </c>
-      <c r="P57" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="Q57" s="6">
         <v>100</v>
       </c>
       <c r="R57" s="6">
         <v>100</v>
       </c>
-      <c r="S57" s="7">
-        <v>120</v>
+      <c r="S57" s="6">
+        <v>100</v>
       </c>
       <c r="T57" s="7">
         <v>120</v>
       </c>
       <c r="U57" s="7">
         <v>120</v>
       </c>
-      <c r="V57" s="6">
-        <v>100</v>
+      <c r="V57" s="7">
+        <v>120</v>
       </c>
       <c r="W57" s="6">
         <v>100</v>
       </c>
-      <c r="X57" s="7">
-        <v>120</v>
+      <c r="X57" s="6">
+        <v>100</v>
       </c>
       <c r="Y57" s="7">
         <v>120</v>
       </c>
-      <c r="Z57" s="6">
-[...2 lines deleted...]
-      <c r="AA57" s="7">
+      <c r="Z57" s="7">
         <v>120</v>
       </c>
-      <c r="AB57" s="6">
-        <v>100</v>
+      <c r="AA57" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB57" s="7">
+        <v>120</v>
       </c>
       <c r="AC57" s="6">
         <v>100</v>
       </c>
       <c r="AD57" s="6">
         <v>100</v>
       </c>
-      <c r="AE57" s="7">
+      <c r="AE57" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF57" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="E59" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="G59" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H59" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I59" s="6" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="J59" s="6" t="s">
         <v>83</v>
       </c>
       <c r="K59" s="6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M59" s="6" t="s">
         <v>94</v>
       </c>
       <c r="N59" s="6" t="s">
         <v>40</v>
       </c>
       <c r="O59" s="6" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="P59" s="6" t="s">
         <v>95</v>
       </c>
       <c r="Q59" s="6" t="s">
         <v>41</v>
       </c>
       <c r="R59" s="6" t="s">
         <v>69</v>
       </c>
       <c r="S59" s="6" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="T59" s="6" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="U59" s="6" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="V59" s="6" t="s">
         <v>70</v>
       </c>
       <c r="W59" s="6" t="s">
         <v>42</v>
       </c>
       <c r="X59" s="6" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="Y59" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Z59" s="6" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="AA59" s="6" t="s">
         <v>44</v>
       </c>
       <c r="AB59" s="6" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="AC59" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AD59" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AE59" s="6" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="AF59" s="6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="4">
         <v>418</v>
       </c>
       <c r="D60" s="7">
         <v>525</v>
       </c>
       <c r="E60" s="4">
         <v>449</v>
       </c>
       <c r="F60" s="7">
         <v>541</v>
       </c>
       <c r="G60" s="4">
         <v>428</v>
       </c>
       <c r="H60" s="4">