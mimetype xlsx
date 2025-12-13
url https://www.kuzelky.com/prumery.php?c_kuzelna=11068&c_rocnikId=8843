--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -398,81 +398,81 @@
   <si>
     <t>13.10.2024</t>
   </si>
   <si>
     <t>6.10.2024</t>
   </si>
   <si>
     <t>3.10.2024</t>
   </si>
   <si>
     <t>14.3.2024</t>
   </si>
   <si>
     <t>3.3.2024</t>
   </si>
   <si>
     <t>29.2.2024</t>
   </si>
   <si>
     <t>4.2.2024</t>
   </si>
   <si>
     <t>Vojtěch Morávek</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>Anthony Šípek</t>
   </si>
   <si>
     <t>Imamaddin Babayev</t>
   </si>
   <si>
     <t>14.11.2024</t>
   </si>
   <si>
     <t>31.10.2024</t>
   </si>
   <si>
     <t>25.2.2024</t>
   </si>
   <si>
     <t>15.2.2024</t>
   </si>
   <si>
     <t>11.2.2024</t>
   </si>
   <si>
     <t>1.2.2024</t>
   </si>
   <si>
     <t>14.1.2024</t>
-  </si>
-[...1 lines deleted...]
-    <t>19.11.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3635,357 +3635,357 @@
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>120</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>127</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D43" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="D43" s="6" t="s">
+      <c r="E43" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="E43" s="6" t="s">
+      <c r="F43" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="F43" s="6" t="s">
+      <c r="G43" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="G43" s="6" t="s">
+      <c r="H43" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="H43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I43" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="J43" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J43" s="6" t="s">
+      <c r="K43" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="K43" s="6" t="s">
+      <c r="L43" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="L43" s="6" t="s">
+      <c r="M43" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="M43" s="6" t="s">
+      <c r="N43" s="6" t="s">
         <v>82</v>
       </c>
-      <c r="N43" s="6" t="s">
+      <c r="O43" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="O43" s="6" t="s">
+      <c r="P43" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="P43" s="6" t="s">
+      <c r="Q43" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="Q43" s="6" t="s">
+      <c r="R43" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R43" s="6" t="s">
+      <c r="S43" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="S43" s="6" t="s">
+      <c r="T43" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="T43" s="6" t="s">
+      <c r="U43" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="U43" s="6" t="s">
+      <c r="V43" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="V43" s="6" t="s">
+      <c r="W43" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="W43" s="6" t="s">
+      <c r="X43" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="X43" s="6" t="s">
+      <c r="Y43" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="Y43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z43" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AA43" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="AA43" s="6" t="s">
+      <c r="AB43" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="AB43" s="6" t="s">
+      <c r="AC43" s="6" t="s">
         <v>84</v>
       </c>
-      <c r="AC43" s="6" t="s">
+      <c r="AD43" s="6" t="s">
         <v>71</v>
       </c>
-      <c r="AD43" s="6" t="s">
+      <c r="AE43" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AE43" s="6" t="s">
+      <c r="AF43" s="6" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C44" s="4">
+      <c r="C44" s="7">
+        <v>527</v>
+      </c>
+      <c r="D44" s="4">
         <v>502</v>
       </c>
-      <c r="D44" s="7">
+      <c r="E44" s="7">
         <v>577</v>
       </c>
-      <c r="E44" s="7">
+      <c r="F44" s="7">
         <v>512</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>463</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>475</v>
       </c>
-      <c r="H44" s="7">
+      <c r="I44" s="7">
         <v>524</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>472</v>
       </c>
-      <c r="J44" s="7">
+      <c r="K44" s="7">
         <v>539</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>467</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>462</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>460</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>473</v>
       </c>
-      <c r="O44" s="7">
+      <c r="P44" s="7">
         <v>514</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>462</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>386</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>385</v>
       </c>
-      <c r="S44" s="7">
+      <c r="T44" s="7">
         <v>569</v>
       </c>
-      <c r="T44" s="7">
+      <c r="U44" s="7">
         <v>545</v>
       </c>
-      <c r="U44" s="7">
+      <c r="V44" s="7">
         <v>564</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>481</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>467</v>
       </c>
-      <c r="X44" s="7">
+      <c r="Y44" s="7">
         <v>561</v>
       </c>
-      <c r="Y44" s="7">
+      <c r="Z44" s="7">
         <v>533</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>427</v>
       </c>
-      <c r="AA44" s="7">
+      <c r="AB44" s="7">
         <v>532</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>477</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>467</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>430</v>
       </c>
-      <c r="AE44" s="7">
+      <c r="AF44" s="7">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>477</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C45" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="C45" s="7">
+        <v>120</v>
+      </c>
+      <c r="D45" s="6">
+        <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>120</v>
       </c>
-      <c r="F45" s="6">
-        <v>100</v>
+      <c r="F45" s="7">
+        <v>120</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
-      <c r="H45" s="7">
-[...9 lines deleted...]
-        <v>100</v>
+      <c r="H45" s="6">
+        <v>100</v>
+      </c>
+      <c r="I45" s="7">
+        <v>120</v>
+      </c>
+      <c r="J45" s="6">
+        <v>100</v>
+      </c>
+      <c r="K45" s="7">
+        <v>120</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
       <c r="M45" s="6">
         <v>100</v>
       </c>
       <c r="N45" s="6">
         <v>100</v>
       </c>
-      <c r="O45" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="O45" s="6">
+        <v>100</v>
+      </c>
+      <c r="P45" s="7">
+        <v>120</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
       <c r="R45" s="6">
         <v>100</v>
       </c>
-      <c r="S45" s="7">
-        <v>120</v>
+      <c r="S45" s="6">
+        <v>100</v>
       </c>
       <c r="T45" s="7">
         <v>120</v>
       </c>
       <c r="U45" s="7">
         <v>120</v>
       </c>
-      <c r="V45" s="6">
-        <v>100</v>
+      <c r="V45" s="7">
+        <v>120</v>
       </c>
       <c r="W45" s="6">
         <v>100</v>
       </c>
-      <c r="X45" s="7">
-        <v>120</v>
+      <c r="X45" s="6">
+        <v>100</v>
       </c>
       <c r="Y45" s="7">
         <v>120</v>
       </c>
-      <c r="Z45" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="Z45" s="7">
+        <v>120</v>
+      </c>
+      <c r="AA45" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB45" s="7">
+        <v>120</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
-      <c r="AE45" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AE45" s="6">
+        <v>100</v>
+      </c>
+      <c r="AF45" s="7">
+        <v>120</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>107</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>3</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>108</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>4</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I47" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>109</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>110</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>82</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>113</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>83</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>41</v>
       </c>
@@ -4205,304 +4205,304 @@
       </c>
       <c r="Z49" s="7">
         <v>120</v>
       </c>
       <c r="AA49" s="6">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>120</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>120</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="D51" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="D51" s="6" t="s">
+      <c r="E51" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="E51" s="6" t="s">
+      <c r="F51" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F51" s="6" t="s">
+      <c r="G51" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="G51" s="6" t="s">
+      <c r="H51" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="H51" s="6" t="s">
+      <c r="I51" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="I51" s="6" t="s">
+      <c r="J51" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="J51" s="6" t="s">
+      <c r="K51" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="K51" s="6" t="s">
+      <c r="L51" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="M51" s="6" t="s">
+      <c r="N51" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="N51" s="6" t="s">
+      <c r="O51" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="O51" s="6" t="s">
+      <c r="P51" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="P51" s="6" t="s">
+      <c r="Q51" s="6" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>132</v>
       </c>
       <c r="S51" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="T51" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="T51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U51" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="V51" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="V51" s="6" t="s">
+      <c r="W51" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="W51" s="6" t="s">
+      <c r="X51" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="X51" s="6" t="s">
+      <c r="Y51" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Y51" s="6" t="s">
+      <c r="Z51" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="Z51" s="6" t="s">
+      <c r="AA51" s="6" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>134</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>135</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>136</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>137</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C52" s="4">
+      <c r="C52" s="7">
+        <v>486</v>
+      </c>
+      <c r="D52" s="4">
         <v>410</v>
       </c>
-      <c r="D52" s="7">
+      <c r="E52" s="7">
         <v>462</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>419</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>376</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>421</v>
       </c>
-      <c r="H52" s="7">
+      <c r="I52" s="7">
         <v>517</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>406</v>
       </c>
       <c r="K52" s="4">
         <v>406</v>
       </c>
       <c r="L52" s="4">
         <v>406</v>
       </c>
-      <c r="M52" s="7">
+      <c r="M52" s="4">
+        <v>406</v>
+      </c>
+      <c r="N52" s="7">
         <v>479</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>351</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>425</v>
       </c>
-      <c r="P52" s="7">
+      <c r="Q52" s="7">
         <v>532</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>364</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>411</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>377</v>
       </c>
-      <c r="T52" s="7">
+      <c r="U52" s="7">
         <v>514</v>
       </c>
-      <c r="U52" s="7">
+      <c r="V52" s="7">
         <v>521</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>445</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>436</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>355</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>345</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>413</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>378</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>370</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>409</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>386</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C53" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="C53" s="7">
+        <v>120</v>
+      </c>
+      <c r="D53" s="6">
+        <v>100</v>
+      </c>
+      <c r="E53" s="7">
+        <v>120</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
-      <c r="H53" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="H53" s="6">
+        <v>100</v>
+      </c>
+      <c r="I53" s="7">
+        <v>120</v>
       </c>
       <c r="J53" s="6">
         <v>100</v>
       </c>
       <c r="K53" s="6">
         <v>100</v>
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
-      <c r="M53" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="M53" s="6">
+        <v>100</v>
+      </c>
+      <c r="N53" s="7">
+        <v>120</v>
       </c>
       <c r="O53" s="6">
         <v>100</v>
       </c>
-      <c r="P53" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="P53" s="6">
+        <v>100</v>
+      </c>
+      <c r="Q53" s="7">
+        <v>120</v>
       </c>
       <c r="R53" s="6">
         <v>100</v>
       </c>
       <c r="S53" s="6">
         <v>100</v>
       </c>
-      <c r="T53" s="7">
-        <v>120</v>
+      <c r="T53" s="6">
+        <v>100</v>
       </c>
       <c r="U53" s="7">
         <v>120</v>
       </c>
-      <c r="V53" s="6">
-        <v>100</v>
+      <c r="V53" s="7">
+        <v>120</v>
       </c>
       <c r="W53" s="6">
         <v>100</v>
       </c>
       <c r="X53" s="6">
         <v>100</v>
       </c>
       <c r="Y53" s="6">
         <v>100</v>
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>