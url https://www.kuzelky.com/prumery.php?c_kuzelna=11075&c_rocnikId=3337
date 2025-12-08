--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="125">
   <si>
     <t>Výsledky hráčů družstva Sp. Rokytnice C na kuželně Rokytnice</t>
   </si>
   <si>
     <t>Zdeněk Novotný nejst.</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>20.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>7.11.2024</t>
   </si>
   <si>
     <t>10.10.2024</t>
   </si>
   <si>
@@ -186,50 +186,53 @@
     <t>15.3.2019</t>
   </si>
   <si>
     <t>16.11.2017</t>
   </si>
   <si>
     <t>20.10.2017</t>
   </si>
   <si>
     <t>29.9.2017</t>
   </si>
   <si>
     <t>Petr Janouch</t>
   </si>
   <si>
     <t>13.9.2019</t>
   </si>
   <si>
     <t>5.4.2019</t>
   </si>
   <si>
     <t>1.2.2019</t>
   </si>
   <si>
     <t>Radek Novák</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
@@ -1499,182 +1502,182 @@
       <c r="L19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>70</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>72</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T19" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="U19" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>76</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>77</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="Z19" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="AA19" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>417</v>
       </c>
       <c r="D20" s="4">
+        <v>417</v>
+      </c>
+      <c r="E20" s="4">
         <v>462</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>451</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>436</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>438</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>460</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>452</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>400</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>396</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>432</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>471</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>464</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>423</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>480</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>432</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>491</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>440</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>414</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>439</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>441</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>435</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>500</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>459</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>441</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>444</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>457</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>407</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>430</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -1730,84 +1733,84 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>50</v>
       </c>
@@ -1937,69 +1940,69 @@
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="6">
         <v>100</v>
       </c>
       <c r="S25" s="6">
         <v>100</v>
       </c>
       <c r="T25" s="6">
         <v>100</v>
       </c>
       <c r="U25" s="6">
         <v>100</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>30</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>31</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>32</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>41</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
@@ -2063,180 +2066,180 @@
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
       <c r="K29" s="6">
         <v>100</v>
       </c>
       <c r="L29" s="6">
         <v>100</v>
       </c>
       <c r="M29" s="6">
         <v>100</v>
       </c>
       <c r="N29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AE39" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>373</v>
       </c>
       <c r="D40" s="4">
         <v>433</v>
       </c>
       <c r="E40" s="4">
         <v>393</v>
       </c>
       <c r="F40" s="4">
         <v>375</v>
       </c>
       <c r="G40" s="4">
         <v>422</v>
       </c>
       <c r="H40" s="4">
         <v>457</v>
       </c>
       <c r="I40" s="4">
@@ -2387,90 +2390,90 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>26</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>27</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>28</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>29</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>30</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>50</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>456</v>
       </c>
       <c r="D44" s="4">
         <v>419</v>
       </c>
       <c r="E44" s="4">
         <v>435</v>
       </c>
       <c r="F44" s="4">
@@ -2540,120 +2543,120 @@
       </c>
       <c r="K45" s="6">
         <v>100</v>
       </c>
       <c r="L45" s="6">
         <v>100</v>
       </c>
       <c r="M45" s="6">
         <v>100</v>
       </c>
       <c r="N45" s="6">
         <v>100</v>
       </c>
       <c r="O45" s="6">
         <v>100</v>
       </c>
       <c r="P45" s="6">
         <v>100</v>
       </c>
       <c r="Q45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>36</v>
       </c>
       <c r="J47" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="K47" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>38</v>
       </c>
       <c r="M47" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="N47" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="O47" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="Q47" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="S47" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="T47" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="V47" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="X47" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>414</v>
       </c>
       <c r="D48" s="4">
         <v>430</v>
       </c>
       <c r="E48" s="4">
         <v>409</v>
       </c>
       <c r="F48" s="4">
         <v>453</v>
       </c>
       <c r="G48" s="4">
         <v>444</v>
       </c>
       <c r="H48" s="4">
         <v>422</v>
       </c>
       <c r="I48" s="4">
@@ -2756,239 +2759,239 @@
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
       <c r="T49" s="6">
         <v>100</v>
       </c>
       <c r="U49" s="6">
         <v>100</v>
       </c>
       <c r="V49" s="7">
         <v>120</v>
       </c>
       <c r="W49" s="6">
         <v>100</v>
       </c>
       <c r="X49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>90</v>
+        <v>60</v>
       </c>
       <c r="E51" s="6" t="s">
-        <v>118</v>
+        <v>91</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>119</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>91</v>
+        <v>65</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>65</v>
+        <v>92</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>92</v>
+        <v>66</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>120</v>
+        <v>68</v>
       </c>
       <c r="N51" s="6" t="s">
-        <v>68</v>
+        <v>121</v>
       </c>
       <c r="O51" s="6" t="s">
         <v>69</v>
       </c>
       <c r="P51" s="6" t="s">
         <v>70</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>109</v>
+        <v>71</v>
       </c>
       <c r="R51" s="6" t="s">
         <v>110</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>77</v>
+        <v>111</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="U51" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="V51" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="V51" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W51" s="6" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="X51" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="Y51" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>95</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>97</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AD51" s="6" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="AE51" s="6" t="s">
         <v>114</v>
       </c>
       <c r="AF51" s="6" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>446</v>
+      </c>
+      <c r="D52" s="4">
         <v>451</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>436</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>440</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>400</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>398</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>454</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>400</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>391</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>421</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>433</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>409</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>392</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>396</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>420</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>363</v>
       </c>
-      <c r="R52" s="4">
+      <c r="S52" s="4">
         <v>427</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>403</v>
       </c>
-      <c r="T52" s="4">
+      <c r="U52" s="4">
         <v>390</v>
       </c>
-      <c r="U52" s="4">
+      <c r="V52" s="4">
         <v>427</v>
       </c>
-      <c r="V52" s="4">
+      <c r="W52" s="4">
         <v>389</v>
       </c>
-      <c r="W52" s="4">
+      <c r="X52" s="4">
         <v>426</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>397</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>387</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>450</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>423</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>437</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>372</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>459</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>416</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="6">
         <v>100</v>
       </c>
       <c r="D53" s="6">
         <v>100</v>
       </c>
       <c r="E53" s="6">
         <v>100</v>
       </c>
       <c r="F53" s="6">
         <v>100</v>
       </c>
       <c r="G53" s="6">
         <v>100</v>
       </c>
       <c r="H53" s="6">
         <v>100</v>
       </c>
       <c r="I53" s="6">
@@ -3044,108 +3047,108 @@
       </c>
       <c r="Z53" s="6">
         <v>100</v>
       </c>
       <c r="AA53" s="6">
         <v>100</v>
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
       <c r="AE53" s="6">
         <v>100</v>
       </c>
       <c r="AF53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D55" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F55" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>48</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>49</v>
       </c>
       <c r="K55" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M55" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="N55" s="6" t="s">
         <v>27</v>
       </c>
       <c r="O55" s="6" t="s">
         <v>29</v>
       </c>
       <c r="P55" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q55" s="6" t="s">
         <v>30</v>
       </c>
       <c r="R55" s="6" t="s">
         <v>32</v>
       </c>
       <c r="S55" s="6" t="s">
         <v>40</v>
       </c>
       <c r="T55" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="U55" s="6" t="s">
         <v>50</v>
       </c>
       <c r="V55" s="6" t="s">
         <v>51</v>
       </c>
       <c r="W55" s="6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
         <v>380</v>
       </c>
       <c r="D56" s="4">
         <v>365</v>
       </c>
       <c r="E56" s="4">
         <v>417</v>
       </c>
       <c r="F56" s="4">
@@ -3251,57 +3254,57 @@
       </c>
       <c r="Q57" s="6">
         <v>100</v>
       </c>
       <c r="R57" s="6">
         <v>100</v>
       </c>
       <c r="S57" s="6">
         <v>100</v>
       </c>
       <c r="T57" s="6">
         <v>100</v>
       </c>
       <c r="U57" s="6">
         <v>100</v>
       </c>
       <c r="V57" s="6">
         <v>100</v>
       </c>
       <c r="W57" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D59" s="6" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="4">
         <v>404</v>
       </c>
       <c r="D60" s="4">
         <v>426</v>
       </c>
     </row>
     <row r="61" spans="1:32">
       <c r="B61" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C61" s="6">
         <v>100</v>
       </c>
       <c r="D61" s="6">
         <v>100</v>