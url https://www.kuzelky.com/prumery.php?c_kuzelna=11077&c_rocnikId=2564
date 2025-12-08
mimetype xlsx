--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Výsledky hráčů družstva TJ Poříčí A na kuželně Poříčí</t>
   </si>
   <si>
     <t>Lubomír Šimonka</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>3.10.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>21.2.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
@@ -108,53 +111,50 @@
     <t>13.10.2023</t>
   </si>
   <si>
     <t>2.10.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>10.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>25.11.2022</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Milan Lauber</t>
   </si>
   <si>
     <t>25.10.2024</t>
   </si>
   <si>
     <t>11.10.2024</t>
   </si>
   <si>
     <t>9.2.2024</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>18.2.2022</t>
   </si>
@@ -781,138 +781,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>416</v>
+      </c>
+      <c r="D4" s="4">
         <v>424</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>391</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
       <c r="F4" s="4">
         <v>383</v>
       </c>
       <c r="G4" s="4">
+        <v>383</v>
+      </c>
+      <c r="H4" s="4">
         <v>409</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>397</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>407</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>416</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>438</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>433</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>442</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>432</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>451</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>419</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>403</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>422</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>412</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>437</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>419</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>411</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>408</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>432</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>393</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>402</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>432</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>434</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>416</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>415</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
@@ -974,75 +974,75 @@
       </c>
       <c r="AB5" s="6">
         <v>100</v>
       </c>
       <c r="AC5" s="6">
         <v>100</v>
       </c>
       <c r="AD5" s="6">
         <v>100</v>
       </c>
       <c r="AE5" s="6">
         <v>100</v>
       </c>
       <c r="AF5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="O7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="R7" s="6" t="s">
         <v>45</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>46</v>
       </c>
@@ -1334,197 +1334,197 @@
       <c r="G15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O15" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U15" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="V15" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>378</v>
+      </c>
+      <c r="D16" s="4">
         <v>472</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>446</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>409</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>446</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>415</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>458</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>390</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>409</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>439</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>429</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>424</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>422</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>429</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>446</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>438</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>440</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>408</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>492</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>417</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>424</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>385</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>451</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>414</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>450</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>437</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>393</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>427</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>454</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1676,197 +1676,197 @@
       <c r="G23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O23" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="P23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U23" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="V23" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>404</v>
+      </c>
+      <c r="D24" s="4">
         <v>432</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>448</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>428</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>396</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>368</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>391</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>404</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>383</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>411</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>403</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>405</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>402</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>405</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>416</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>369</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>416</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>411</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>400</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>412</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>416</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>427</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>396</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>438</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>405</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>392</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>410</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>466</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>437</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>385</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2045,197 +2045,197 @@
       <c r="G31" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O31" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="P31" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T31" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="U31" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>21</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AC31" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AF31" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>382</v>
+      </c>
+      <c r="D32" s="4">
         <v>462</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>416</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>452</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>428</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>418</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>409</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>427</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>402</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>423</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>430</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>405</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>435</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>383</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>435</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>433</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>489</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>450</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>398</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>418</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>446</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>431</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>446</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>431</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>444</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>448</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>441</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>401</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>414</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2333,197 +2333,197 @@
       <c r="G35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O35" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="P35" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U35" s="6" t="s">
+        <v>19</v>
+      </c>
+      <c r="V35" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>456</v>
+      </c>
+      <c r="D36" s="4">
         <v>443</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>413</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>400</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>423</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>424</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>434</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>408</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>399</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>423</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>372</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>415</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>444</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>422</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>394</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>458</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>397</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>402</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>404</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>427</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>430</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>443</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>415</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>404</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>393</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>420</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>424</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>450</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>420</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>411</v>
-      </c>
-[...1 lines deleted...]
-        <v>448</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">