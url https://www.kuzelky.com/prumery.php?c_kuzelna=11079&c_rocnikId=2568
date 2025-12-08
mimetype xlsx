--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>Výsledky hráčů družstva Jilemnice A na kuželně Jilemnice</t>
   </si>
   <si>
     <t>Josef Král</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>14.10.2019</t>
   </si>
   <si>
     <t>16.11.2017</t>
   </si>
   <si>
     <t>6.11.2017</t>
   </si>
   <si>
     <t>6.10.2017</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
@@ -141,50 +141,53 @@
     <t>16.2.2018</t>
   </si>
   <si>
     <t>2.2.2018</t>
   </si>
   <si>
     <t>20.10.2017</t>
   </si>
   <si>
     <t>Libor Šulc</t>
   </si>
   <si>
     <t>26.10.2018</t>
   </si>
   <si>
     <t>Petr Horáček</t>
   </si>
   <si>
     <t>11.1.2019</t>
   </si>
   <si>
     <t>Dušan Fajstauer</t>
   </si>
   <si>
     <t>Lukáš Sýs</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>14.2.2025</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>22.11.2024</t>
   </si>
@@ -1538,227 +1541,227 @@
       </c>
       <c r="P25" s="6">
         <v>100</v>
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>42</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E27" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>47</v>
       </c>
       <c r="I27" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J27" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>50</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>51</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>53</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Z27" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="AA27" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C28" s="4">
+        <v>457</v>
+      </c>
+      <c r="D28" s="4">
         <v>374</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>448</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>399</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>437</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>404</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>402</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>409</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>389</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>412</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>407</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>390</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>397</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>406</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>404</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>419</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>356</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>411</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>392</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>369</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>372</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>403</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>360</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>409</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>370</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>379</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>424</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>401</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>435</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -1814,239 +1817,239 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="I31" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="J31" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>53</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>54</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="S31" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C32" s="4">
+        <v>384</v>
+      </c>
+      <c r="D32" s="4">
         <v>411</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>452</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>417</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>446</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>368</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>415</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>417</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>413</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>396</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>407</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>395</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>441</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>424</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>404</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>397</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>414</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>395</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>376</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>368</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>387</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>430</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>409</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>428</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>398</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>368</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>412</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>391</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>447</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2102,51 +2105,51 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>18</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>34</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>35</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C36" s="4">