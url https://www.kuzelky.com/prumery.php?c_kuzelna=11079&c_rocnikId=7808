--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -134,102 +134,102 @@
   <si>
     <t>8.2.2019</t>
   </si>
   <si>
     <t>11.1.2019</t>
   </si>
   <si>
     <t>16.11.2018</t>
   </si>
   <si>
     <t>26.10.2018</t>
   </si>
   <si>
     <t>5.10.2018</t>
   </si>
   <si>
     <t>27.9.2018</t>
   </si>
   <si>
     <t>14.9.2018</t>
   </si>
   <si>
     <t>Petr Čermák</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>14.11.2025</t>
   </si>
   <si>
     <t>3.11.2025</t>
   </si>
   <si>
     <t>17.10.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>31.1.2025</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>4.10.2024</t>
   </si>
   <si>
     <t>Roman Sýs</t>
   </si>
   <si>
     <t>Lukáš Sýs</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>27.2.2025</t>
   </si>
   <si>
     <t>František Zuzánek</t>
   </si>
   <si>
     <t>29.3.2018</t>
   </si>
   <si>
     <t>16.3.2018</t>
   </si>
   <si>
     <t>2.3.2018</t>
   </si>
   <si>
     <t>16.2.2018</t>
-  </si>
-[...4 lines deleted...]
-    <t>16.11.2017</t>
   </si>
   <si>
     <t>Květoslava Milotová</t>
   </si>
   <si>
     <t>28.11.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>Jan Novotný</t>
   </si>
   <si>
     <t>Jaroslav Fišera</t>
   </si>
   <si>
     <t>Jana Braunová</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
 </sst>
 </file>
 
@@ -1025,187 +1025,199 @@
       </c>
       <c r="AA9" s="6">
         <v>100</v>
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>42</v>
       </c>
       <c r="F11" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H11" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G11" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J11" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="I11" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K11" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="M11" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="N11" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="M11" s="6" t="s">
+      <c r="O11" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="N11" s="6" t="s">
-[...2 lines deleted...]
-      <c r="O11" s="6" t="s">
+      <c r="P11" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="Q11" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="R11" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="S11" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="R11" s="6" t="s">
+      <c r="T11" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="S11" s="6" t="s">
+      <c r="U11" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="T11" s="6" t="s">
+      <c r="V11" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="U11" s="6" t="s">
+      <c r="W11" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="X11" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="W11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="AA11" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="Z11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="4">
+        <v>450</v>
+      </c>
+      <c r="D12" s="4">
+        <v>479</v>
+      </c>
+      <c r="E12" s="4">
         <v>408</v>
       </c>
-      <c r="D12" s="4">
+      <c r="F12" s="4">
         <v>449</v>
       </c>
-      <c r="E12" s="4">
+      <c r="G12" s="4">
         <v>450</v>
       </c>
-      <c r="F12" s="4">
+      <c r="H12" s="4">
         <v>410</v>
       </c>
-      <c r="G12" s="4">
+      <c r="I12" s="4">
         <v>407</v>
       </c>
-      <c r="H12" s="4">
+      <c r="J12" s="4">
         <v>426</v>
       </c>
-      <c r="I12" s="4">
+      <c r="K12" s="4">
         <v>400</v>
       </c>
-      <c r="J12" s="4">
+      <c r="L12" s="4">
         <v>433</v>
       </c>
-      <c r="K12" s="4">
+      <c r="M12" s="4">
         <v>419</v>
       </c>
-      <c r="L12" s="4">
+      <c r="N12" s="4">
         <v>426</v>
       </c>
-      <c r="M12" s="4">
+      <c r="O12" s="4">
         <v>460</v>
       </c>
-      <c r="N12" s="4">
+      <c r="P12" s="4">
         <v>413</v>
       </c>
-      <c r="O12" s="4">
+      <c r="Q12" s="4">
         <v>462</v>
       </c>
-      <c r="P12" s="4">
+      <c r="R12" s="4">
         <v>392</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="S12" s="4">
         <v>421</v>
       </c>
-      <c r="R12" s="4">
+      <c r="T12" s="4">
         <v>431</v>
       </c>
-      <c r="S12" s="4">
+      <c r="U12" s="4">
         <v>387</v>
       </c>
-      <c r="T12" s="4">
+      <c r="V12" s="4">
         <v>418</v>
       </c>
-      <c r="U12" s="4">
+      <c r="W12" s="4">
         <v>381</v>
       </c>
-      <c r="V12" s="4">
+      <c r="X12" s="4">
         <v>415</v>
       </c>
-      <c r="W12" s="4">
+      <c r="Y12" s="4">
         <v>417</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Z12" s="4">
         <v>412</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="AA12" s="4">
         <v>424</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AB12" s="4">
         <v>426</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
@@ -1241,269 +1253,275 @@
       </c>
       <c r="S13" s="6">
         <v>100</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
       <c r="U13" s="6">
         <v>100</v>
       </c>
       <c r="V13" s="6">
         <v>100</v>
       </c>
       <c r="W13" s="6">
         <v>100</v>
       </c>
       <c r="X13" s="6">
         <v>100</v>
       </c>
       <c r="Y13" s="6">
         <v>100</v>
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
+      <c r="AA13" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB13" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="4">
         <v>448</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G19" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="I19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H19" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J19" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K19" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="K19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="O19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="N19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="P19" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="S19" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="R19" s="6" t="s">
+      <c r="T19" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="S19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="W19" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="V19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="4">
+        <v>437</v>
+      </c>
+      <c r="D20" s="4">
+        <v>457</v>
+      </c>
+      <c r="E20" s="4">
         <v>374</v>
       </c>
-      <c r="D20" s="4">
+      <c r="F20" s="4">
         <v>448</v>
       </c>
-      <c r="E20" s="4">
+      <c r="G20" s="4">
         <v>399</v>
       </c>
-      <c r="F20" s="4">
+      <c r="H20" s="4">
         <v>437</v>
       </c>
-      <c r="G20" s="4">
+      <c r="I20" s="4">
         <v>404</v>
       </c>
-      <c r="H20" s="4">
+      <c r="J20" s="4">
         <v>402</v>
       </c>
-      <c r="I20" s="4">
+      <c r="K20" s="4">
         <v>409</v>
       </c>
-      <c r="J20" s="4">
+      <c r="L20" s="4">
         <v>389</v>
       </c>
-      <c r="K20" s="4">
+      <c r="M20" s="4">
         <v>412</v>
       </c>
-      <c r="L20" s="4">
+      <c r="N20" s="4">
         <v>407</v>
       </c>
-      <c r="M20" s="4">
+      <c r="O20" s="4">
         <v>390</v>
       </c>
-      <c r="N20" s="4">
+      <c r="P20" s="4">
         <v>397</v>
       </c>
-      <c r="O20" s="4">
+      <c r="Q20" s="4">
         <v>406</v>
       </c>
-      <c r="P20" s="4">
+      <c r="R20" s="4">
         <v>404</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="S20" s="4">
         <v>419</v>
       </c>
-      <c r="R20" s="4">
+      <c r="T20" s="4">
         <v>356</v>
       </c>
-      <c r="S20" s="4">
+      <c r="U20" s="4">
         <v>411</v>
       </c>
-      <c r="T20" s="4">
+      <c r="V20" s="4">
         <v>392</v>
       </c>
-      <c r="U20" s="4">
+      <c r="W20" s="4">
         <v>369</v>
       </c>
-      <c r="V20" s="4">
+      <c r="X20" s="4">
         <v>372</v>
       </c>
-      <c r="W20" s="4">
+      <c r="Y20" s="4">
         <v>403</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Z20" s="4">
         <v>360</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="AA20" s="4">
         <v>409</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AB20" s="4">
         <v>370</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AC20" s="4">
         <v>379</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AD20" s="4">
         <v>424</v>
-      </c>
-[...4 lines deleted...]
-        <v>435</v>
       </c>
       <c r="AE20" s="4">
         <v>401</v>
       </c>
       <c r="AF20" s="4">
-        <v>410</v>
+        <v>435</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -1559,239 +1577,239 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G23" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H23" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J23" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K23" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="K23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="N23" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="P23" s="6" t="s">
-[...2 lines deleted...]
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="S23" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>35</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>53</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>54</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>55</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="4">
+        <v>397</v>
+      </c>
+      <c r="D24" s="4">
+        <v>384</v>
+      </c>
+      <c r="E24" s="4">
         <v>411</v>
       </c>
-      <c r="D24" s="4">
+      <c r="F24" s="4">
         <v>452</v>
       </c>
-      <c r="E24" s="4">
+      <c r="G24" s="4">
         <v>417</v>
       </c>
-      <c r="F24" s="4">
+      <c r="H24" s="4">
         <v>446</v>
       </c>
-      <c r="G24" s="4">
+      <c r="I24" s="4">
         <v>368</v>
       </c>
-      <c r="H24" s="4">
+      <c r="J24" s="4">
         <v>415</v>
       </c>
-      <c r="I24" s="4">
+      <c r="K24" s="4">
         <v>417</v>
       </c>
-      <c r="J24" s="4">
+      <c r="L24" s="4">
         <v>413</v>
       </c>
-      <c r="K24" s="4">
+      <c r="M24" s="4">
         <v>396</v>
       </c>
-      <c r="L24" s="4">
+      <c r="N24" s="4">
         <v>407</v>
       </c>
-      <c r="M24" s="4">
+      <c r="O24" s="4">
         <v>395</v>
       </c>
-      <c r="N24" s="4">
+      <c r="P24" s="4">
         <v>441</v>
       </c>
-      <c r="O24" s="4">
+      <c r="Q24" s="4">
         <v>424</v>
       </c>
-      <c r="P24" s="4">
+      <c r="R24" s="4">
         <v>404</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="S24" s="4">
         <v>397</v>
       </c>
-      <c r="R24" s="4">
+      <c r="T24" s="4">
         <v>414</v>
       </c>
-      <c r="S24" s="4">
+      <c r="U24" s="4">
         <v>395</v>
       </c>
-      <c r="T24" s="4">
+      <c r="V24" s="4">
         <v>376</v>
       </c>
-      <c r="U24" s="4">
+      <c r="W24" s="4">
         <v>368</v>
       </c>
-      <c r="V24" s="4">
+      <c r="X24" s="4">
         <v>387</v>
       </c>
-      <c r="W24" s="4">
+      <c r="Y24" s="4">
         <v>430</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Z24" s="4">
         <v>409</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="AA24" s="4">
         <v>428</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AB24" s="4">
         <v>398</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AC24" s="4">
         <v>368</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AD24" s="4">
         <v>412</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AE24" s="4">
         <v>391</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AF24" s="4">
         <v>447</v>
-      </c>
-[...4 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -1856,60 +1874,60 @@
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>58</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>27</v>
       </c>
@@ -2003,148 +2021,160 @@
       </c>
       <c r="N29" s="6">
         <v>100</v>
       </c>
       <c r="O29" s="6">
         <v>100</v>
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G31" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H31" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="I31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="H31" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J31" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="K31" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="K31" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M31" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="N31" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="O31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="Q31" s="6" t="s">
-[...2 lines deleted...]
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="4">
+        <v>418</v>
+      </c>
+      <c r="D32" s="4">
+        <v>383</v>
+      </c>
+      <c r="E32" s="4">
         <v>364</v>
       </c>
-      <c r="D32" s="4">
+      <c r="F32" s="4">
         <v>405</v>
       </c>
-      <c r="E32" s="4">
+      <c r="G32" s="4">
         <v>375</v>
       </c>
-      <c r="F32" s="4">
+      <c r="H32" s="4">
         <v>413</v>
       </c>
-      <c r="G32" s="4">
+      <c r="I32" s="4">
         <v>396</v>
       </c>
-      <c r="H32" s="4">
+      <c r="J32" s="4">
         <v>380</v>
       </c>
-      <c r="I32" s="4">
+      <c r="K32" s="4">
         <v>414</v>
       </c>
-      <c r="J32" s="4">
+      <c r="L32" s="4">
         <v>390</v>
       </c>
-      <c r="K32" s="4">
+      <c r="M32" s="4">
         <v>375</v>
       </c>
-      <c r="L32" s="4">
+      <c r="N32" s="4">
         <v>399</v>
       </c>
-      <c r="M32" s="4">
+      <c r="O32" s="4">
         <v>377</v>
       </c>
-      <c r="N32" s="4">
+      <c r="P32" s="4">
         <v>409</v>
       </c>
-      <c r="O32" s="4">
+      <c r="Q32" s="4">
         <v>367</v>
       </c>
-      <c r="P32" s="4">
+      <c r="R32" s="4">
         <v>383</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="S32" s="4">
         <v>370</v>
       </c>
-      <c r="R32" s="4">
+      <c r="T32" s="4">
         <v>357</v>
       </c>
-      <c r="S32" s="4">
+      <c r="U32" s="4">
         <v>361</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
@@ -2159,72 +2189,78 @@
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
+      <c r="T33" s="6">
+        <v>100</v>
+      </c>
+      <c r="U33" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>5</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C36" s="4">
         <v>332</v>
       </c>
       <c r="D36" s="4">
         <v>380</v>
       </c>
       <c r="E36" s="4">
@@ -2273,63 +2309,63 @@
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>59</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>64</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>60</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="4">
         <v>316</v>
       </c>
       <c r="D40" s="4">
         <v>340</v>
       </c>
       <c r="E40" s="4">
         <v>338</v>
       </c>
       <c r="F40" s="4">
         <v>356</v>
       </c>
       <c r="G40" s="4">