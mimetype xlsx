--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="124">
   <si>
     <t>Výsledky hráčů družstva Solnice A na kuželně Solnice</t>
   </si>
   <si>
     <t>Milan Hrubý</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
@@ -321,50 +321,53 @@
     <t>18.2.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>Rudolf Stejskal</t>
   </si>
   <si>
     <t>Martin Nosek</t>
   </si>
   <si>
     <t>Pavel Nosek</t>
   </si>
   <si>
     <t>Martin Kozel ml.</t>
   </si>
   <si>
     <t>22.3.2023</t>
   </si>
   <si>
     <t>11.9.2020</t>
   </si>
   <si>
     <t>Daniel Luščák</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>30.3.2025</t>
   </si>
   <si>
     <t>4.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
@@ -820,51 +823,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="S41" sqref="S41"/>
+      <selection activeCell="T41" sqref="T41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -3143,238 +3146,238 @@
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>103</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>105</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>106</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>107</v>
       </c>
       <c r="H35" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="I35" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I35" s="6" t="s">
+      <c r="J35" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J35" s="6" t="s">
+      <c r="K35" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L35" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="M35" s="6" t="s">
         <v>89</v>
       </c>
-      <c r="M35" s="6" t="s">
+      <c r="N35" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="N35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O35" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="P35" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="P35" s="6" t="s">
+      <c r="Q35" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>111</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>112</v>
       </c>
       <c r="T35" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="U35" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="U35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V35" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="W35" s="6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>114</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>115</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>116</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>117</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>118</v>
       </c>
       <c r="AB35" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="AC35" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="AC35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD35" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="AE35" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AE35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF35" s="6" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
+        <v>538</v>
+      </c>
+      <c r="D36" s="7">
         <v>534</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="7">
         <v>556</v>
       </c>
-      <c r="E36" s="7">
+      <c r="F36" s="7">
         <v>575</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="7">
         <v>574</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>477</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>466</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>460</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>487</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>471</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>454</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>488</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>450</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>419</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>452</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>461</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>422</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>460</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>431</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>389</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>459</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>382</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>443</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>433</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>411</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>441</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>475</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>445</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>451</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
       <c r="E37" s="7">
         <v>120</v>
       </c>
       <c r="F37" s="7">
         <v>120</v>
       </c>
-      <c r="G37" s="6">
-        <v>100</v>
+      <c r="G37" s="7">
+        <v>120</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
@@ -3410,216 +3413,225 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>103</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>104</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>105</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>106</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>107</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>108</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>111</v>
+        <v>123</v>
       </c>
       <c r="L39" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="M39" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>114</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>115</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>118</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>119</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>120</v>
+      </c>
+      <c r="T39" s="6" t="s">
+        <v>121</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="7">
+        <v>496</v>
+      </c>
+      <c r="D40" s="7">
         <v>523</v>
       </c>
-      <c r="D40" s="7">
+      <c r="E40" s="7">
         <v>526</v>
       </c>
-      <c r="E40" s="7">
+      <c r="F40" s="7">
         <v>506</v>
       </c>
-      <c r="F40" s="7">
+      <c r="G40" s="7">
         <v>575</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>452</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>458</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>420</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>400</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>413</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>443</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>408</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>436</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>400</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>395</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>410</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>386</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>415</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>120</v>
       </c>
       <c r="E41" s="7">
         <v>120</v>
       </c>
       <c r="F41" s="7">
         <v>120</v>
       </c>
-      <c r="G41" s="6">
-        <v>100</v>
+      <c r="G41" s="7">
+        <v>120</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
       <c r="O41" s="6">
         <v>100</v>
       </c>
       <c r="P41" s="6">
         <v>100</v>
       </c>
       <c r="Q41" s="6">
         <v>100</v>
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
+        <v>100</v>
+      </c>
+      <c r="T41" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>