--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="95">
   <si>
     <t>Výsledky hráčů družstva Solnice A na kuželně Solnice</t>
   </si>
   <si>
     <t>Milan Hrubý</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
@@ -198,50 +198,53 @@
     <t>21.9.2022</t>
   </si>
   <si>
     <t>25.9.2020</t>
   </si>
   <si>
     <t>11.9.2020</t>
   </si>
   <si>
     <t>7.2.2020</t>
   </si>
   <si>
     <t>17.1.2020</t>
   </si>
   <si>
     <t>22.11.2019</t>
   </si>
   <si>
     <t>8.11.2019</t>
   </si>
   <si>
     <t>25.10.2019</t>
   </si>
   <si>
     <t>Daniel Luščák</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>30.3.2025</t>
   </si>
   <si>
     <t>4.3.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
@@ -2498,238 +2501,238 @@
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>65</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>66</v>
       </c>
       <c r="H27" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="I27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="K27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L27" s="6" t="s">
+        <v>68</v>
+      </c>
+      <c r="M27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="N27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O27" s="6" t="s">
+        <v>69</v>
+      </c>
+      <c r="P27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>71</v>
       </c>
       <c r="T27" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="U27" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="U27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V27" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>74</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AD27" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="AE27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="AE27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AF27" s="6" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
+        <v>538</v>
+      </c>
+      <c r="D28" s="7">
         <v>534</v>
       </c>
-      <c r="D28" s="7">
+      <c r="E28" s="7">
         <v>556</v>
       </c>
-      <c r="E28" s="7">
+      <c r="F28" s="7">
         <v>575</v>
       </c>
-      <c r="F28" s="7">
+      <c r="G28" s="7">
         <v>574</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>477</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>466</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>460</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>487</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>471</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>454</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>488</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>450</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>419</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>452</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>461</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>422</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>460</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>431</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>389</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>459</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>382</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>443</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>433</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>411</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>441</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>475</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>445</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>451</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="7">
         <v>120</v>
       </c>
       <c r="D29" s="7">
         <v>120</v>
       </c>
       <c r="E29" s="7">
         <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>120</v>
       </c>
-      <c r="G29" s="6">
-        <v>100</v>
+      <c r="G29" s="7">
+        <v>120</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
       <c r="K29" s="6">
         <v>100</v>
       </c>
       <c r="L29" s="6">
         <v>100</v>
       </c>
       <c r="M29" s="6">
         <v>100</v>
       </c>
       <c r="N29" s="6">
         <v>100</v>
       </c>
       <c r="O29" s="6">
         <v>100</v>
       </c>
@@ -2765,276 +2768,285 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>63</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>67</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>70</v>
+        <v>83</v>
       </c>
       <c r="L31" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="M31" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>73</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>77</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>80</v>
+      </c>
+      <c r="T31" s="6" t="s">
+        <v>81</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="7">
+        <v>496</v>
+      </c>
+      <c r="D32" s="7">
         <v>523</v>
       </c>
-      <c r="D32" s="7">
+      <c r="E32" s="7">
         <v>526</v>
       </c>
-      <c r="E32" s="7">
+      <c r="F32" s="7">
         <v>506</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>575</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>452</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>458</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>420</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>400</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>413</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>443</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>408</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>436</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>400</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>395</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>410</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>386</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>415</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="7">
         <v>120</v>
       </c>
       <c r="D33" s="7">
         <v>120</v>
       </c>
       <c r="E33" s="7">
         <v>120</v>
       </c>
       <c r="F33" s="7">
         <v>120</v>
       </c>
-      <c r="G33" s="6">
-        <v>100</v>
+      <c r="G33" s="7">
+        <v>120</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
       <c r="N33" s="6">
         <v>100</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
+        <v>100</v>
+      </c>
+      <c r="T33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>435</v>
       </c>
       <c r="D36" s="7">
         <v>504</v>
       </c>
       <c r="E36" s="7">
         <v>493</v>
       </c>
       <c r="F36" s="7">
         <v>525</v>
       </c>
       <c r="G36" s="7">
         <v>501</v>
       </c>
       <c r="H36" s="4">
         <v>407</v>
       </c>
       <c r="I36" s="4">