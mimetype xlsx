--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -12,61 +12,64 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>Výsledky hráčů družstva SK Uhelné sklady C na kuželně Zvon</t>
   </si>
   <si>
     <t>Jiří Bendl</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>25.11.2025</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>8.4.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>25.2.2025</t>
   </si>
   <si>
     <t>4.2.2025</t>
   </si>
   <si>
     <t>14.1.2025</t>
@@ -110,195 +113,195 @@
   <si>
     <t>7.11.2023</t>
   </si>
   <si>
     <t>24.10.2023</t>
   </si>
   <si>
     <t>10.10.2023</t>
   </si>
   <si>
     <t>26.9.2023</t>
   </si>
   <si>
     <t>12.9.2023</t>
   </si>
   <si>
     <t>18.4.2023</t>
   </si>
   <si>
     <t>28.3.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Otakar Jakoubek</t>
+  </si>
+  <si>
+    <t>3.3.2020</t>
+  </si>
+  <si>
+    <t>11.2.2020</t>
+  </si>
+  <si>
+    <t>28.1.2020</t>
+  </si>
+  <si>
+    <t>7.1.2020</t>
+  </si>
+  <si>
+    <t>26.11.2019</t>
+  </si>
+  <si>
+    <t>12.11.2019</t>
+  </si>
+  <si>
+    <t>29.10.2019</t>
+  </si>
+  <si>
+    <t>21.10.2019</t>
+  </si>
+  <si>
+    <t>15.10.2019</t>
+  </si>
+  <si>
+    <t>24.9.2019</t>
+  </si>
+  <si>
+    <t>10.9.2019</t>
+  </si>
+  <si>
+    <t>19.3.2019</t>
+  </si>
+  <si>
+    <t>5.3.2019</t>
+  </si>
+  <si>
+    <t>27.2.2019</t>
+  </si>
+  <si>
+    <t>19.2.2019</t>
+  </si>
+  <si>
+    <t>5.2.2019</t>
+  </si>
+  <si>
+    <t>15.1.2019</t>
+  </si>
+  <si>
+    <t>10.1.2019</t>
+  </si>
+  <si>
+    <t>27.11.2018</t>
+  </si>
+  <si>
+    <t>20.11.2018</t>
+  </si>
+  <si>
+    <t>5.11.2018</t>
+  </si>
+  <si>
+    <t>23.10.2018</t>
+  </si>
+  <si>
+    <t>9.10.2018</t>
+  </si>
+  <si>
+    <t>5.10.2018</t>
+  </si>
+  <si>
+    <t>1.10.2018</t>
+  </si>
+  <si>
+    <t>3.4.2018</t>
+  </si>
+  <si>
+    <t>20.3.2018</t>
+  </si>
+  <si>
+    <t>6.3.2018</t>
+  </si>
+  <si>
+    <t>20.2.2018</t>
+  </si>
+  <si>
+    <t>19.9.2017</t>
+  </si>
+  <si>
+    <t>Olga Brožová</t>
+  </si>
+  <si>
+    <t>6.11.2025</t>
+  </si>
+  <si>
+    <t>11.3.2025</t>
+  </si>
+  <si>
+    <t>17.9.2024</t>
+  </si>
+  <si>
+    <t>5.3.2024</t>
+  </si>
+  <si>
+    <t>14.3.2023</t>
+  </si>
+  <si>
     <t>14.2.2023</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...115 lines deleted...]
-  <si>
     <t>31.1.2023</t>
   </si>
   <si>
     <t>22.11.2022</t>
   </si>
   <si>
+    <t>Libuše Mendlová</t>
+  </si>
+  <si>
+    <t>Miloslav Dušek</t>
+  </si>
+  <si>
+    <t>30.3.2023</t>
+  </si>
+  <si>
+    <t>16.3.2023</t>
+  </si>
+  <si>
+    <t>28.2.2023</t>
+  </si>
+  <si>
+    <t>18.1.2023</t>
+  </si>
+  <si>
     <t>15.11.2022</t>
-  </si>
-[...16 lines deleted...]
-    <t>18.1.2023</t>
   </si>
   <si>
     <t>3.11.2022</t>
   </si>
   <si>
     <t>1.11.2022</t>
   </si>
   <si>
     <t>18.10.2022</t>
   </si>
   <si>
     <t>6.10.2022</t>
   </si>
   <si>
     <t>4.10.2022</t>
   </si>
   <si>
     <t>20.9.2022</t>
   </si>
   <si>
     <t>14.4.2022</t>
   </si>
   <si>
     <t>12.4.2022</t>
   </si>
@@ -883,138 +886,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>406</v>
+      </c>
+      <c r="D4" s="4">
         <v>411</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>389</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>363</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>391</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>361</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="J4" s="4">
         <v>413</v>
       </c>
       <c r="K4" s="4">
+        <v>413</v>
+      </c>
+      <c r="L4" s="4">
         <v>416</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>374</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>352</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>387</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>354</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>415</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>357</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>381</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>415</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>454</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>399</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>398</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>441</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>393</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>406</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>428</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>410</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>422</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>423</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>410</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
@@ -1370,227 +1373,227 @@
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>66</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F11" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I11" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J11" s="6" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q11" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="R11" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="R11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S11" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="T11" s="6" t="s">
         <v>70</v>
       </c>
-      <c r="T11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U11" s="6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AA11" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>367</v>
+      </c>
+      <c r="D12" s="4">
         <v>388</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="F12" s="4">
         <v>398</v>
       </c>
       <c r="G12" s="4">
+        <v>398</v>
+      </c>
+      <c r="H12" s="4">
         <v>380</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>409</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>373</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>378</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>346</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>354</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>325</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>403</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>345</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>392</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>371</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>340</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>378</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>363</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>366</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="X12" s="4">
         <v>376</v>
       </c>
       <c r="Y12" s="4">
+        <v>376</v>
+      </c>
+      <c r="Z12" s="4">
         <v>379</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>366</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>395</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>361</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>334</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>374</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1670,138 +1673,138 @@
       <c r="A15" s="2" t="s">
         <v>75</v>
       </c>
       <c r="B15" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>77</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>71</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AF19" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>419</v>
       </c>
       <c r="D20" s="4">
         <v>419</v>
       </c>
       <c r="E20" s="4">
         <v>411</v>
       </c>
       <c r="F20" s="4">
         <v>409</v>
       </c>
       <c r="G20" s="4">
         <v>476</v>
       </c>
       <c r="H20" s="4">
         <v>411</v>
       </c>
       <c r="I20" s="4">
@@ -1952,239 +1955,239 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>102</v>
+        <v>9</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>16</v>
+        <v>104</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T23" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="U23" s="6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB23" s="6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD23" s="6" t="s">
-        <v>104</v>
+        <v>30</v>
       </c>
       <c r="AE23" s="6" t="s">
-        <v>30</v>
+        <v>105</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>71</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>404</v>
+      </c>
+      <c r="D24" s="4">
         <v>419</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>396</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>394</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>353</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>355</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>403</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>418</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>392</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>389</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>391</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>400</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>380</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>398</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>396</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>421</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>407</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>412</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>420</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>397</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>388</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>440</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>415</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>419</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>451</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>429</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>433</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>398</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>404</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2240,239 +2243,239 @@
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
       <c r="AB25" s="6">
         <v>100</v>
       </c>
       <c r="AC25" s="6">
         <v>100</v>
       </c>
       <c r="AD25" s="6">
         <v>100</v>
       </c>
       <c r="AE25" s="6">
         <v>100</v>
       </c>
       <c r="AF25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I27" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J27" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="J27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K27" s="6" t="s">
-        <v>9</v>
+        <v>103</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q27" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="R27" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T27" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="U27" s="6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>19</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X27" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y27" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z27" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA27" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB27" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC27" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>322</v>
+      </c>
+      <c r="D28" s="4">
         <v>390</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>411</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>398</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>372</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>395</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>385</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>378</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>390</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>415</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>391</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>390</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>379</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>394</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>404</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>362</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>370</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>390</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>440</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>394</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>365</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>376</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>374</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>404</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>335</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>403</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>407</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>443</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>435</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2528,93 +2531,93 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>40</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>41</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>42</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>43</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>51</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>52</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>54</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>245</v>
       </c>
       <c r="D32" s="4">
         <v>322</v>
       </c>
       <c r="E32" s="4">
         <v>321</v>
       </c>
       <c r="F32" s="4">
         <v>301</v>
       </c>
       <c r="G32" s="4">