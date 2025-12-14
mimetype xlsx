--- v0 (2025-12-08)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="133">
   <si>
     <t>Výsledky hráčů družstva SK Uhelné sklady na kuželně Zvon</t>
   </si>
   <si>
     <t>Bohumil Bazika</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>21.10.2025</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>23.9.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>15.4.2025</t>
   </si>
   <si>
@@ -224,96 +224,99 @@
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>17.4.2025</t>
   </si>
   <si>
     <t>28.1.2025</t>
   </si>
   <si>
     <t>26.9.2024</t>
   </si>
   <si>
     <t>17.9.2024</t>
   </si>
   <si>
     <t>2.4.2024</t>
   </si>
   <si>
     <t>9.1.2024</t>
   </si>
   <si>
     <t>Zbyněk Sedlák</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>25.11.2025</t>
   </si>
   <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>26.9.2023</t>
   </si>
   <si>
     <t>17.3.2022</t>
   </si>
   <si>
     <t>3.11.2021</t>
   </si>
   <si>
     <t>7.10.2021</t>
   </si>
   <si>
     <t>24.9.2020</t>
   </si>
   <si>
     <t>10.9.2020</t>
   </si>
   <si>
     <t>27.2.2020</t>
   </si>
   <si>
     <t>13.2.2020</t>
   </si>
   <si>
     <t>31.1.2020</t>
   </si>
   <si>
     <t>30.1.2020</t>
   </si>
   <si>
     <t>7.11.2019</t>
   </si>
   <si>
-    <t>24.10.2019</t>
-[...1 lines deleted...]
-  <si>
     <t>Zdeněk Tyle</t>
   </si>
   <si>
     <t>Jan Hloušek</t>
+  </si>
+  <si>
+    <t>9.12.2025</t>
   </si>
   <si>
     <t>4.12.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>16.10.2025</t>
   </si>
   <si>
     <t>3.4.2025</t>
   </si>
   <si>
     <t>6.3.2025</t>
   </si>
   <si>
     <t>20.2.2025</t>
   </si>
   <si>
     <t>30.1.2025</t>
   </si>
   <si>
     <t>10.12.2024</t>
   </si>
@@ -1817,227 +1820,227 @@
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>70</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E23" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="F23" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="F23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G23" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="H23" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>26</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>74</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>75</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>76</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>78</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>79</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>81</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>366</v>
+      </c>
+      <c r="D24" s="4">
         <v>417</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>365</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>345</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>409</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>341</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>368</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>386</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>385</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>383</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>365</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>345</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>411</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>399</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>384</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>355</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>374</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>379</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>381</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>387</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>362</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>379</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>367</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>393</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>386</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>409</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>377</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>391</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>348</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2150,200 +2153,200 @@
       <c r="F31" s="6" t="s">
         <v>89</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>90</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>91</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>92</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>93</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>94</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>95</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>96</v>
       </c>
       <c r="N31" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="O31" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>98</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>99</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>100</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>101</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>102</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>103</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>104</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>105</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>106</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>107</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AA31" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AB31" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="AC31" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>429</v>
+      </c>
+      <c r="D32" s="4">
         <v>418</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>423</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>425</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>391</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>408</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>466</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>421</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>445</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>412</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>375</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>402</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>401</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>419</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>422</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>445</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>449</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>451</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>408</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>419</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>432</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>437</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>357</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>399</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>374</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>421</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>409</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>411</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>396</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>433</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
@@ -2399,239 +2402,239 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>87</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>111</v>
+        <v>88</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>88</v>
+        <v>112</v>
       </c>
       <c r="G35" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="H35" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="H35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I35" s="6" t="s">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>94</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>95</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>96</v>
       </c>
       <c r="P35" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>98</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>100</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>101</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>102</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="Y35" s="6" t="s">
         <v>105</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AB35" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="AE35" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="AF35" s="6" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>417</v>
+      </c>
+      <c r="D36" s="4">
         <v>437</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>388</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>412</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>436</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>416</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>432</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>421</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>401</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>442</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>425</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>440</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>447</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>426</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>458</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>406</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>439</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>460</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>411</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>437</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>433</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>449</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>454</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>440</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>443</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>426</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>447</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>395</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>432</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
@@ -2687,144 +2690,144 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>38</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>40</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>41</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>42</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>68</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>390</v>
       </c>
       <c r="D40" s="4">
         <v>409</v>
       </c>
       <c r="E40" s="4">
         <v>410</v>
       </c>
       <c r="F40" s="4">
         <v>416</v>
       </c>
       <c r="G40" s="4">
         <v>389</v>
       </c>
       <c r="H40" s="4">
         <v>385</v>
       </c>
       <c r="I40" s="4">
@@ -2975,239 +2978,239 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>86</v>
       </c>
       <c r="D43" s="6" t="s">
         <v>87</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>88</v>
       </c>
       <c r="F43" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="G43" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="G43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H43" s="6" t="s">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>91</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>92</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>93</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>94</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>95</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>96</v>
       </c>
       <c r="P43" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="Q43" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>98</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>102</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>103</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>106</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>107</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>108</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>109</v>
       </c>
       <c r="AD43" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="AE43" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AE43" s="6" t="s">
+      <c r="AF43" s="6" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>366</v>
+      </c>
+      <c r="D44" s="4">
         <v>374</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>386</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>404</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>406</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>409</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>429</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>414</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>385</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>419</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>433</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>455</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>419</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>385</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>403</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>445</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>435</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>419</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>431</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>413</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>426</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>401</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>385</v>
       </c>
-      <c r="Y44" s="4">
+      <c r="Z44" s="4">
         <v>418</v>
       </c>
-      <c r="Z44" s="4">
+      <c r="AA44" s="4">
         <v>432</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>428</v>
       </c>
-      <c r="AB44" s="4">
+      <c r="AC44" s="4">
         <v>410</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>398</v>
       </c>
-      <c r="AD44" s="4">
+      <c r="AE44" s="4">
         <v>384</v>
       </c>
-      <c r="AE44" s="4">
+      <c r="AF44" s="4">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="6">
         <v>100</v>
       </c>
       <c r="D45" s="6">
         <v>100</v>
       </c>
       <c r="E45" s="6">
         <v>100</v>
       </c>
       <c r="F45" s="6">
         <v>100</v>
       </c>
       <c r="G45" s="6">
         <v>100</v>
       </c>
       <c r="H45" s="6">
         <v>100</v>
       </c>
       <c r="I45" s="6">