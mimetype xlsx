--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="170">
   <si>
     <t>Výsledky hráčů družstva SK Uhelné sklady B na kuželně Zvon</t>
   </si>
   <si>
     <t>Jiří Bendl</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>8.12.2025</t>
+  </si>
+  <si>
     <t>25.11.2025</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>8.4.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>25.2.2025</t>
   </si>
   <si>
     <t>4.2.2025</t>
   </si>
   <si>
     <t>14.1.2025</t>
@@ -110,405 +113,402 @@
   <si>
     <t>7.11.2023</t>
   </si>
   <si>
     <t>24.10.2023</t>
   </si>
   <si>
     <t>10.10.2023</t>
   </si>
   <si>
     <t>26.9.2023</t>
   </si>
   <si>
     <t>12.9.2023</t>
   </si>
   <si>
     <t>18.4.2023</t>
   </si>
   <si>
     <t>28.3.2023</t>
   </si>
   <si>
     <t>24.2.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Miroslav Plachý</t>
+  </si>
+  <si>
+    <t>2.12.2025</t>
+  </si>
+  <si>
+    <t>18.11.2025</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
+    <t>7.10.2025</t>
+  </si>
+  <si>
+    <t>23.9.2025</t>
+  </si>
+  <si>
+    <t>16.9.2025</t>
+  </si>
+  <si>
+    <t>17.4.2025</t>
+  </si>
+  <si>
+    <t>15.4.2025</t>
+  </si>
+  <si>
+    <t>31.3.2025</t>
+  </si>
+  <si>
+    <t>18.3.2025</t>
+  </si>
+  <si>
+    <t>4.3.2025</t>
+  </si>
+  <si>
+    <t>18.2.2025</t>
+  </si>
+  <si>
+    <t>28.1.2025</t>
+  </si>
+  <si>
+    <t>26.11.2024</t>
+  </si>
+  <si>
+    <t>12.11.2024</t>
+  </si>
+  <si>
+    <t>29.10.2024</t>
+  </si>
+  <si>
+    <t>15.10.2024</t>
+  </si>
+  <si>
+    <t>1.10.2024</t>
+  </si>
+  <si>
+    <t>26.9.2024</t>
+  </si>
+  <si>
+    <t>24.9.2024</t>
+  </si>
+  <si>
+    <t>17.9.2024</t>
+  </si>
+  <si>
+    <t>10.9.2024</t>
+  </si>
+  <si>
+    <t>2.4.2024</t>
+  </si>
+  <si>
+    <t>26.3.2024</t>
+  </si>
+  <si>
+    <t>9.1.2024</t>
+  </si>
+  <si>
+    <t>5.12.2023</t>
+  </si>
+  <si>
+    <t>17.10.2023</t>
+  </si>
+  <si>
+    <t>Roman Tumpach</t>
+  </si>
+  <si>
+    <t>11.3.2025</t>
+  </si>
+  <si>
+    <t>27.2.2025</t>
+  </si>
+  <si>
+    <t>5.3.2024</t>
+  </si>
+  <si>
+    <t>30.11.2023</t>
+  </si>
+  <si>
+    <t>19.10.2023</t>
+  </si>
+  <si>
+    <t>12.10.2023</t>
+  </si>
+  <si>
+    <t>28.9.2023</t>
+  </si>
+  <si>
+    <t>14.9.2023</t>
+  </si>
+  <si>
+    <t>14.4.2023</t>
+  </si>
+  <si>
+    <t>6.4.2023</t>
+  </si>
+  <si>
+    <t>31.3.2023</t>
+  </si>
+  <si>
+    <t>24.3.2023</t>
+  </si>
+  <si>
+    <t>10.2.2023</t>
+  </si>
+  <si>
+    <t>20.1.2023</t>
+  </si>
+  <si>
+    <t>13.1.2023</t>
+  </si>
+  <si>
+    <t>Olga Brožová</t>
+  </si>
+  <si>
+    <t>6.11.2025</t>
+  </si>
+  <si>
+    <t>14.3.2023</t>
+  </si>
+  <si>
     <t>14.2.2023</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...145 lines deleted...]
-  <si>
     <t>31.1.2023</t>
   </si>
   <si>
     <t>22.11.2022</t>
   </si>
   <si>
+    <t>Jindra Kafková</t>
+  </si>
+  <si>
+    <t>30.1.2025</t>
+  </si>
+  <si>
+    <t>12.3.2024</t>
+  </si>
+  <si>
+    <t>30.1.2024</t>
+  </si>
+  <si>
+    <t>3.10.2023</t>
+  </si>
+  <si>
+    <t>19.9.2023</t>
+  </si>
+  <si>
+    <t>4.4.2023</t>
+  </si>
+  <si>
+    <t>5.4.2022</t>
+  </si>
+  <si>
+    <t>24.2.2022</t>
+  </si>
+  <si>
+    <t>22.2.2022</t>
+  </si>
+  <si>
+    <t>8.2.2022</t>
+  </si>
+  <si>
+    <t>11.1.2022</t>
+  </si>
+  <si>
+    <t>7.12.2021</t>
+  </si>
+  <si>
+    <t>30.11.2021</t>
+  </si>
+  <si>
+    <t>25.11.2021</t>
+  </si>
+  <si>
+    <t>Libuše Mendlová</t>
+  </si>
+  <si>
+    <t>Zbyněk Sedlák</t>
+  </si>
+  <si>
+    <t>30.3.2023</t>
+  </si>
+  <si>
+    <t>16.3.2023</t>
+  </si>
+  <si>
+    <t>2.3.2023</t>
+  </si>
+  <si>
+    <t>16.2.2023</t>
+  </si>
+  <si>
+    <t>9.2.2023</t>
+  </si>
+  <si>
+    <t>18.1.2023</t>
+  </si>
+  <si>
+    <t>12.12.2022</t>
+  </si>
+  <si>
+    <t>8.12.2022</t>
+  </si>
+  <si>
+    <t>3.11.2022</t>
+  </si>
+  <si>
+    <t>20.10.2022</t>
+  </si>
+  <si>
+    <t>6.10.2022</t>
+  </si>
+  <si>
+    <t>15.9.2022</t>
+  </si>
+  <si>
+    <t>8.9.2022</t>
+  </si>
+  <si>
+    <t>31.3.2022</t>
+  </si>
+  <si>
+    <t>28.3.2022</t>
+  </si>
+  <si>
+    <t>17.3.2022</t>
+  </si>
+  <si>
+    <t>3.11.2021</t>
+  </si>
+  <si>
+    <t>7.10.2021</t>
+  </si>
+  <si>
+    <t>24.9.2020</t>
+  </si>
+  <si>
+    <t>10.9.2020</t>
+  </si>
+  <si>
+    <t>27.2.2020</t>
+  </si>
+  <si>
+    <t>13.2.2020</t>
+  </si>
+  <si>
+    <t>31.1.2020</t>
+  </si>
+  <si>
+    <t>30.1.2020</t>
+  </si>
+  <si>
+    <t>7.11.2019</t>
+  </si>
+  <si>
+    <t>Jiří Kuděj</t>
+  </si>
+  <si>
+    <t>30.10.2025</t>
+  </si>
+  <si>
+    <t>27.2.2024</t>
+  </si>
+  <si>
+    <t>14.11.2023</t>
+  </si>
+  <si>
+    <t>31.10.2023</t>
+  </si>
+  <si>
+    <t>13.4.2023</t>
+  </si>
+  <si>
+    <t>11.4.2023</t>
+  </si>
+  <si>
+    <t>21.3.2023</t>
+  </si>
+  <si>
+    <t>7.3.2023</t>
+  </si>
+  <si>
+    <t>7.2.2023</t>
+  </si>
+  <si>
+    <t>17.1.2023</t>
+  </si>
+  <si>
+    <t>16.12.2022</t>
+  </si>
+  <si>
+    <t>29.11.2022</t>
+  </si>
+  <si>
+    <t>8.11.2022</t>
+  </si>
+  <si>
+    <t>25.10.2022</t>
+  </si>
+  <si>
+    <t>17.10.2022</t>
+  </si>
+  <si>
+    <t>11.10.2022</t>
+  </si>
+  <si>
+    <t>4.10.2022</t>
+  </si>
+  <si>
+    <t>Dana Školová</t>
+  </si>
+  <si>
+    <t>11.4.2024</t>
+  </si>
+  <si>
+    <t>Eva Kozáková</t>
+  </si>
+  <si>
+    <t>Jiří Budil</t>
+  </si>
+  <si>
+    <t>28.2.2023</t>
+  </si>
+  <si>
     <t>15.11.2022</t>
-  </si>
-[...196 lines deleted...]
-    <t>28.2.2023</t>
   </si>
   <si>
     <t>18.10.2022</t>
   </si>
   <si>
     <t>20.9.2022</t>
   </si>
   <si>
     <t>6.9.2022</t>
   </si>
   <si>
     <t>23.11.2021</t>
   </si>
   <si>
     <t>Miloš Endrle</t>
   </si>
   <si>
     <t>12.4.2022</t>
   </si>
   <si>
     <t>7.4.2022</t>
   </si>
   <si>
     <t>22.3.2022</t>
   </si>
@@ -949,51 +949,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="N57" sqref="N57"/>
+      <selection activeCell="O57" sqref="O57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -1066,138 +1066,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>406</v>
+      </c>
+      <c r="D4" s="4">
         <v>411</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>389</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>363</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>391</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>361</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>344</v>
-      </c>
-[...1 lines deleted...]
-        <v>413</v>
       </c>
       <c r="J4" s="4">
         <v>413</v>
       </c>
       <c r="K4" s="4">
+        <v>413</v>
+      </c>
+      <c r="L4" s="4">
         <v>416</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>374</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>352</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>387</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>354</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>415</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>357</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>381</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>415</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>454</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>399</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>398</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>441</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>393</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>406</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>428</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>410</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>422</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>423</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>410</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
@@ -1265,51 +1265,51 @@
       </c>
       <c r="AD5" s="6">
         <v>100</v>
       </c>
       <c r="AE5" s="6">
         <v>100</v>
       </c>
       <c r="AF5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F7" s="6" t="s">
         <v>38</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="I7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>42</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>43</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>44</v>
       </c>
       <c r="M7" s="6" t="s">
         <v>45</v>
       </c>
@@ -1334,63 +1334,63 @@
       <c r="T7" s="6" t="s">
         <v>52</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>53</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>54</v>
       </c>
       <c r="W7" s="6" t="s">
         <v>55</v>
       </c>
       <c r="X7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>58</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>59</v>
       </c>
       <c r="AB7" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>60</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AF7" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
         <v>424</v>
       </c>
       <c r="D8" s="4">
         <v>422</v>
       </c>
       <c r="E8" s="4">
         <v>396</v>
       </c>
       <c r="F8" s="4">
         <v>428</v>
       </c>
       <c r="G8" s="4">
         <v>413</v>
       </c>
       <c r="H8" s="4">
         <v>408</v>
       </c>
       <c r="I8" s="4">
@@ -1547,129 +1547,129 @@
       </c>
       <c r="AB9" s="6">
         <v>100</v>
       </c>
       <c r="AC9" s="6">
         <v>100</v>
       </c>
       <c r="AD9" s="6">
         <v>100</v>
       </c>
       <c r="AE9" s="6">
         <v>100</v>
       </c>
       <c r="AF9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>63</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AA11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AB11" s="6" t="s">
         <v>75</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>76</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>77</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
         <v>372</v>
       </c>
       <c r="D12" s="4">
         <v>391</v>
       </c>
       <c r="E12" s="4">
         <v>397</v>
       </c>
       <c r="F12" s="4">
@@ -1841,227 +1841,227 @@
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>79</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E15" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F15" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="G15" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I15" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J15" s="6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q15" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="R15" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="R15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S15" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="T15" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="T15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U15" s="6" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>22</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>23</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AA15" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="AB15" s="6" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>367</v>
+      </c>
+      <c r="D16" s="4">
         <v>388</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>348</v>
-      </c>
-[...1 lines deleted...]
-        <v>398</v>
       </c>
       <c r="F16" s="4">
         <v>398</v>
       </c>
       <c r="G16" s="4">
+        <v>398</v>
+      </c>
+      <c r="H16" s="4">
         <v>380</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>409</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>373</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>378</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>346</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>354</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>325</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>403</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>345</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>392</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>371</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>340</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>378</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>363</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>366</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
       <c r="X16" s="4">
         <v>376</v>
       </c>
       <c r="Y16" s="4">
+        <v>376</v>
+      </c>
+      <c r="Z16" s="4">
         <v>379</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>366</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>395</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>361</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>334</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>374</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>369</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -2144,51 +2144,51 @@
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>39</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>44</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>45</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>46</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>48</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>49</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>50</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>51</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>52</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>53</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>87</v>
       </c>
@@ -2432,230 +2432,230 @@
       <c r="B23" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>101</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E27" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>27</v>
       </c>
       <c r="G27" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="H27" s="6" t="s">
         <v>102</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>103</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>105</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>106</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>112</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>366</v>
+      </c>
+      <c r="D28" s="4">
         <v>417</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>365</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>345</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>409</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>341</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>368</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>386</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>385</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>383</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>365</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>345</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>411</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>399</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>384</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>355</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>374</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>379</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>381</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>387</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>362</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>379</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>367</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>393</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>386</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>409</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>377</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>391</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>348</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>383</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
@@ -2711,144 +2711,144 @@
       </c>
       <c r="Z29" s="6">
         <v>100</v>
       </c>
       <c r="AA29" s="6">
         <v>100</v>
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
       <c r="AF29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>38</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>57</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>59</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>88</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="N31" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="O31" s="6" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="R31" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="S31" s="6" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>91</v>
       </c>
       <c r="U31" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="V31" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>136</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>78</v>
       </c>
       <c r="Z31" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="AA31" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>140</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>142</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>390</v>
       </c>
       <c r="D32" s="4">
         <v>409</v>
       </c>
       <c r="E32" s="4">
         <v>410</v>
       </c>
       <c r="F32" s="4">
         <v>416</v>
       </c>
       <c r="G32" s="4">
         <v>389</v>
       </c>
       <c r="H32" s="4">
         <v>385</v>
       </c>
       <c r="I32" s="4">
@@ -2999,239 +2999,239 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E35" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F35" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I35" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="J35" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>147</v>
+        <v>16</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T35" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="U35" s="6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>133</v>
+        <v>30</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>30</v>
+        <v>132</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
+        <v>404</v>
+      </c>
+      <c r="D36" s="4">
         <v>419</v>
       </c>
-      <c r="D36" s="4">
+      <c r="E36" s="4">
         <v>396</v>
       </c>
-      <c r="E36" s="4">
+      <c r="F36" s="4">
         <v>394</v>
       </c>
-      <c r="F36" s="4">
+      <c r="G36" s="4">
         <v>353</v>
       </c>
-      <c r="G36" s="4">
+      <c r="H36" s="4">
         <v>355</v>
       </c>
-      <c r="H36" s="4">
+      <c r="I36" s="4">
         <v>403</v>
       </c>
-      <c r="I36" s="4">
+      <c r="J36" s="4">
         <v>418</v>
       </c>
-      <c r="J36" s="4">
+      <c r="K36" s="4">
         <v>392</v>
       </c>
-      <c r="K36" s="4">
+      <c r="L36" s="4">
         <v>389</v>
       </c>
-      <c r="L36" s="4">
+      <c r="M36" s="4">
         <v>391</v>
       </c>
-      <c r="M36" s="4">
+      <c r="N36" s="4">
         <v>400</v>
       </c>
-      <c r="N36" s="4">
+      <c r="O36" s="4">
         <v>380</v>
       </c>
-      <c r="O36" s="4">
+      <c r="P36" s="4">
         <v>398</v>
       </c>
-      <c r="P36" s="4">
+      <c r="Q36" s="4">
         <v>396</v>
       </c>
-      <c r="Q36" s="4">
+      <c r="R36" s="4">
         <v>421</v>
       </c>
-      <c r="R36" s="4">
+      <c r="S36" s="4">
         <v>407</v>
       </c>
-      <c r="S36" s="4">
+      <c r="T36" s="4">
         <v>412</v>
       </c>
-      <c r="T36" s="4">
+      <c r="U36" s="4">
         <v>420</v>
       </c>
-      <c r="U36" s="4">
+      <c r="V36" s="4">
         <v>397</v>
       </c>
-      <c r="V36" s="4">
+      <c r="W36" s="4">
         <v>388</v>
       </c>
-      <c r="W36" s="4">
+      <c r="X36" s="4">
         <v>440</v>
       </c>
-      <c r="X36" s="4">
+      <c r="Y36" s="4">
         <v>415</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>419</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>451</v>
       </c>
-      <c r="AA36" s="4">
+      <c r="AB36" s="4">
         <v>429</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>433</v>
       </c>
-      <c r="AC36" s="4">
+      <c r="AD36" s="4">
         <v>398</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>404</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
@@ -3287,239 +3287,239 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E39" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F39" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I39" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="J39" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="J39" s="6" t="s">
+      <c r="K39" s="6" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>10</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>15</v>
       </c>
       <c r="Q39" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="R39" s="6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="T39" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="U39" s="6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>23</v>
       </c>
       <c r="AA39" s="6" t="s">
         <v>24</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AC39" s="6" t="s">
         <v>26</v>
       </c>
       <c r="AD39" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>81</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>374</v>
+      </c>
+      <c r="D40" s="4">
         <v>390</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>411</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>398</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>372</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>395</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>385</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>378</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>390</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>415</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>391</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>390</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>379</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>394</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>404</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>362</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>370</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>390</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>440</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>394</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>365</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>376</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>374</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>404</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>335</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>403</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>407</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>443</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>435</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>389</v>
-      </c>
-[...1 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
@@ -3575,132 +3575,132 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F43" s="6" t="s">
         <v>65</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>56</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>66</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="V43" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="W43" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="X43" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y43" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="Z43" s="6" t="s">
         <v>150</v>
-      </c>
-[...10 lines deleted...]
-        <v>84</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>151</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>152</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>153</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>97</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>402</v>
       </c>
       <c r="D44" s="4">
         <v>344</v>
       </c>
       <c r="E44" s="4">
@@ -3869,78 +3869,78 @@
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>155</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>81</v>
       </c>
       <c r="I47" s="6" t="s">
+        <v>149</v>
+      </c>
+      <c r="J47" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="K47" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>150</v>
-      </c>
-[...7 lines deleted...]
-        <v>84</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>153</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>156</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>157</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>158</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>159</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>160</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>161</v>
       </c>
@@ -4094,117 +4094,117 @@
       </c>
       <c r="U49" s="6">
         <v>100</v>
       </c>
       <c r="V49" s="6">
         <v>100</v>
       </c>
       <c r="W49" s="6">
         <v>100</v>
       </c>
       <c r="X49" s="6">
         <v>100</v>
       </c>
       <c r="Y49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>167</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D51" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>64</v>
       </c>
       <c r="F51" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G51" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H51" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I51" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J51" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="K51" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="M51" s="6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="N51" s="6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="O51" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="P51" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="Q51" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="R51" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="S51" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="T51" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="U51" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="V51" s="6" t="s">
         <v>81</v>
       </c>
       <c r="W51" s="6" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="X51" s="6" t="s">
-        <v>32</v>
+        <v>82</v>
       </c>
       <c r="Y51" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Z51" s="6" t="s">
         <v>156</v>
       </c>
       <c r="AA51" s="6" t="s">
         <v>157</v>
       </c>
       <c r="AB51" s="6" t="s">
         <v>168</v>
       </c>
       <c r="AC51" s="6" t="s">
         <v>159</v>
       </c>
       <c r="AD51" s="6" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
         <v>357</v>
       </c>
       <c r="D52" s="4">
@@ -4370,159 +4370,168 @@
       </c>
       <c r="AB53" s="6">
         <v>100</v>
       </c>
       <c r="AC53" s="6">
         <v>100</v>
       </c>
       <c r="AD53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E55" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="F55" s="6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>6</v>
       </c>
       <c r="H55" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="I55" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="J55" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="J55" s="6" t="s">
+      <c r="K55" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="K55" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L55" s="6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="M55" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="N55" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="N55" s="6" t="s">
+      <c r="O55" s="6" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
+        <v>336</v>
+      </c>
+      <c r="D56" s="4">
         <v>347</v>
       </c>
-      <c r="D56" s="4">
+      <c r="E56" s="4">
         <v>325</v>
       </c>
-      <c r="E56" s="4">
+      <c r="F56" s="4">
         <v>332</v>
       </c>
-      <c r="F56" s="4">
+      <c r="G56" s="4">
         <v>345</v>
       </c>
-      <c r="G56" s="4">
+      <c r="H56" s="4">
         <v>330</v>
       </c>
-      <c r="H56" s="4">
+      <c r="I56" s="4">
         <v>350</v>
       </c>
-      <c r="I56" s="4">
+      <c r="J56" s="4">
         <v>372</v>
       </c>
-      <c r="J56" s="4">
+      <c r="K56" s="4">
         <v>331</v>
       </c>
-      <c r="K56" s="4">
+      <c r="L56" s="4">
         <v>341</v>
       </c>
-      <c r="L56" s="4">
+      <c r="M56" s="4">
         <v>326</v>
       </c>
-      <c r="M56" s="4">
+      <c r="N56" s="4">
         <v>303</v>
       </c>
-      <c r="N56" s="4">
+      <c r="O56" s="4">
         <v>325</v>
       </c>
     </row>
     <row r="57" spans="1:32">
       <c r="B57" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C57" s="6">
         <v>100</v>
       </c>
       <c r="D57" s="6">
         <v>100</v>
       </c>
       <c r="E57" s="6">
         <v>100</v>
       </c>
       <c r="F57" s="6">
         <v>100</v>
       </c>
       <c r="G57" s="6">
         <v>100</v>
       </c>
       <c r="H57" s="6">
         <v>100</v>
       </c>
       <c r="I57" s="6">
         <v>100</v>
       </c>
       <c r="J57" s="6">
         <v>100</v>
       </c>
       <c r="K57" s="6">
         <v>100</v>
       </c>
       <c r="L57" s="6">
         <v>100</v>
       </c>
       <c r="M57" s="6">
         <v>100</v>
       </c>
       <c r="N57" s="6">
+        <v>100</v>
+      </c>
+      <c r="O57" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>