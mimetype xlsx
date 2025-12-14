--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -365,50 +365,53 @@
   <si>
     <t>17.4.2023</t>
   </si>
   <si>
     <t>16.3.2023</t>
   </si>
   <si>
     <t>2.3.2023</t>
   </si>
   <si>
     <t>27.2.2023</t>
   </si>
   <si>
     <t>16.2.2023</t>
   </si>
   <si>
     <t>8.2.2023</t>
   </si>
   <si>
     <t>Vladimír Fořt</t>
   </si>
   <si>
     <t>Jan Petráček</t>
   </si>
   <si>
+    <t>10.12.2025</t>
+  </si>
+  <si>
     <t>1.12.2025</t>
   </si>
   <si>
     <t>18.11.2025</t>
   </si>
   <si>
     <t>13.11.2025</t>
   </si>
   <si>
     <t>14.10.2025</t>
   </si>
   <si>
     <t>30.9.2025</t>
   </si>
   <si>
     <t>16.9.2025</t>
   </si>
   <si>
     <t>25.3.2025</t>
   </si>
   <si>
     <t>20.3.2025</t>
   </si>
   <si>
     <t>18.2.2025</t>
@@ -438,53 +441,50 @@
     <t>26.3.2024</t>
   </si>
   <si>
     <t>12.3.2024</t>
   </si>
   <si>
     <t>13.2.2024</t>
   </si>
   <si>
     <t>31.10.2023</t>
   </si>
   <si>
     <t>17.10.2023</t>
   </si>
   <si>
     <t>3.10.2023</t>
   </si>
   <si>
     <t>19.9.2023</t>
   </si>
   <si>
     <t>11.4.2023</t>
   </si>
   <si>
     <t>14.3.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>7.3.2023</t>
   </si>
   <si>
     <t>Miroslav Šostý</t>
   </si>
   <si>
     <t>11.11.2025</t>
   </si>
   <si>
     <t>21.10.2025</t>
   </si>
   <si>
     <t>7.10.2025</t>
   </si>
   <si>
     <t>15.4.2025</t>
   </si>
   <si>
     <t>1.4.2025</t>
   </si>
   <si>
     <t>18.3.2025</t>
   </si>
   <si>
     <t>25.2.2025</t>
   </si>
@@ -2276,194 +2276,194 @@
       <c r="H23" s="6" t="s">
         <v>122</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>123</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>124</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>125</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>126</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>127</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>128</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>129</v>
       </c>
       <c r="P23" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q23" s="6" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>131</v>
       </c>
       <c r="S23" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="T23" s="6" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>133</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>134</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>135</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>100</v>
+        <v>136</v>
       </c>
       <c r="Y23" s="6" t="s">
-        <v>136</v>
+        <v>100</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>137</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>138</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>139</v>
       </c>
       <c r="AC23" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="AD23" s="6" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>141</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>378</v>
+      </c>
+      <c r="D24" s="4">
         <v>428</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>384</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>407</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>380</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>403</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>369</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>438</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>397</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>406</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>381</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>429</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>425</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>390</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>425</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>415</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>413</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>375</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>407</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>408</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>450</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>393</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>392</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>418</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>442</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>420</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>384</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>427</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>416</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2543,51 +2543,51 @@
       <c r="A27" s="2" t="s">
         <v>143</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>144</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>145</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>146</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>147</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>148</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>149</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>150</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>151</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>152</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>153</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>154</v>
       </c>
       <c r="P27" s="6" t="s">
         <v>155</v>
       </c>
       <c r="Q27" s="6" t="s">
         <v>156</v>
       </c>
@@ -3395,78 +3395,78 @@
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>207</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>208</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>209</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>144</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>210</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>145</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>146</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>211</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>147</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>59</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>148</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>149</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>212</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>88</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>151</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>213</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>152</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>153</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>65</v>
       </c>
@@ -3719,81 +3719,81 @@
       <c r="I43" s="6" t="s">
         <v>175</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>65</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>66</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>176</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>67</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>68</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>177</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>71</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>178</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>74</v>
       </c>
       <c r="T43" s="6" t="s">
         <v>75</v>
       </c>
       <c r="U43" s="6" t="s">
         <v>179</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>180</v>
       </c>
       <c r="W43" s="6" t="s">
         <v>76</v>
       </c>
       <c r="X43" s="6" t="s">
         <v>78</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>79</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>80</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>82</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>83</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>216</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>217</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>400</v>
       </c>
       <c r="D44" s="4">