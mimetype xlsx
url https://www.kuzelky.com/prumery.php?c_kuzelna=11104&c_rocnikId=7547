--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -194,50 +194,53 @@
   <si>
     <t>11.12.2021</t>
   </si>
   <si>
     <t>20.11.2021</t>
   </si>
   <si>
     <t>Stanislav Novák</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>4.2.2017</t>
   </si>
   <si>
     <t>Antonín Valeška</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>Jiří Guba</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>6.4.2024</t>
@@ -321,53 +324,50 @@
     <t>6.10.2024</t>
   </si>
   <si>
     <t>15.9.2024</t>
   </si>
   <si>
     <t>4.4.2024</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>3.3.2024</t>
   </si>
   <si>
     <t>24.2.2024</t>
   </si>
   <si>
     <t>11.2.2024</t>
   </si>
   <si>
     <t>3.2.2024</t>
   </si>
   <si>
     <t>30.11.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>26.11.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1478,208 +1478,214 @@
       </c>
       <c r="Q13" s="4">
         <v>120</v>
       </c>
       <c r="R13" s="4">
         <v>120</v>
       </c>
       <c r="S13" s="4">
         <v>120</v>
       </c>
       <c r="T13" s="4">
         <v>120</v>
       </c>
       <c r="U13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>59</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D15" s="6" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E15" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F15" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="J15" s="6" t="s">
+      <c r="K15" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="N15" s="6" t="s">
+      <c r="O15" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O15" s="6" t="s">
+      <c r="P15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R15" s="6" t="s">
+      <c r="S15" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="S15" s="6" t="s">
+      <c r="T15" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="4">
+        <v>566</v>
+      </c>
+      <c r="D16" s="4">
         <v>576</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>580</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>620</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>612</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>589</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>586</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>510</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>542</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>540</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>546</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>643</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>533</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>574</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
       <c r="R16" s="4">
         <v>557</v>
       </c>
       <c r="S16" s="4">
+        <v>557</v>
+      </c>
+      <c r="T16" s="4">
         <v>556</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>552</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>536</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>521</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>570</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>541</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>535</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>532</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>547</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>518</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
@@ -1721,102 +1727,105 @@
       </c>
       <c r="U17" s="4">
         <v>120</v>
       </c>
       <c r="V17" s="4">
         <v>120</v>
       </c>
       <c r="W17" s="4">
         <v>120</v>
       </c>
       <c r="X17" s="4">
         <v>120</v>
       </c>
       <c r="Y17" s="4">
         <v>120</v>
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
+      <c r="AC17" s="4">
+        <v>120</v>
+      </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>30</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>31</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>34</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>35</v>
       </c>
       <c r="J19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>15</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>16</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>19</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>24</v>
       </c>
@@ -2012,135 +2021,135 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>56</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>57</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>14</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>37</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>38</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>41</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>42</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>43</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>44</v>
       </c>
       <c r="AC23" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>45</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C24" s="4">
         <v>530</v>
       </c>
       <c r="D24" s="4">
         <v>518</v>
       </c>
       <c r="E24" s="4">
         <v>557</v>
       </c>
       <c r="F24" s="4">
@@ -2300,239 +2309,239 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="F27" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G27" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="G27" s="6" t="s">
+      <c r="H27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H27" s="6" t="s">
+      <c r="I27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I27" s="6" t="s">
+      <c r="J27" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="J27" s="6" t="s">
+      <c r="K27" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="Q27" s="6" t="s">
+      <c r="R27" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="R27" s="6" t="s">
+      <c r="S27" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="S27" s="6" t="s">
+      <c r="T27" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="T27" s="6" t="s">
+      <c r="U27" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="U27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V27" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="AA27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB27" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="AC27" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C28" s="4">
+        <v>614</v>
+      </c>
+      <c r="D28" s="4">
         <v>569</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>573</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>599</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>594</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>553</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>564</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>523</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>589</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
       <c r="M28" s="4">
         <v>566</v>
       </c>
       <c r="N28" s="4">
+        <v>566</v>
+      </c>
+      <c r="O28" s="4">
         <v>552</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>531</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>571</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>537</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>572</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>551</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>558</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>522</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>552</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>585</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>596</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>540</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>556</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>547</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>521</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>533</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>540</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2588,239 +2597,239 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="E31" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="S31" s="6" t="s">
+      <c r="T31" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="U31" s="6" t="s">
+      <c r="V31" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="V31" s="6" t="s">
+      <c r="W31" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="W31" s="6" t="s">
+      <c r="X31" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="X31" s="6" t="s">
+      <c r="Y31" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="Y31" s="6" t="s">
+      <c r="Z31" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="Z31" s="6" t="s">
+      <c r="AA31" s="6" t="s">
         <v>24</v>
       </c>
-      <c r="AA31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB31" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AC31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C32" s="4">
+        <v>543</v>
+      </c>
+      <c r="D32" s="4">
         <v>519</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>557</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>546</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>527</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>565</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>601</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>567</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>610</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>565</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>572</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>583</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>535</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>547</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>516</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>546</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>568</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>563</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>541</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>516</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>521</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>529</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>554</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>552</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>527</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>556</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>492</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>515</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>547</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>503</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -2876,141 +2885,141 @@
       </c>
       <c r="Z33" s="4">
         <v>120</v>
       </c>
       <c r="AA33" s="4">
         <v>120</v>
       </c>
       <c r="AB33" s="4">
         <v>120</v>
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>28</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>30</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>31</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>33</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>36</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>16</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q35" s="6" t="s">
         <v>21</v>
       </c>
       <c r="R35" s="6" t="s">
         <v>24</v>
       </c>
       <c r="S35" s="6" t="s">
         <v>38</v>
       </c>
       <c r="T35" s="6" t="s">
         <v>40</v>
       </c>
       <c r="U35" s="6" t="s">
         <v>41</v>
       </c>
       <c r="V35" s="6" t="s">
         <v>42</v>
       </c>
       <c r="W35" s="6" t="s">
         <v>43</v>
       </c>
       <c r="X35" s="6" t="s">
         <v>44</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="Z35" s="6" t="s">
         <v>46</v>
       </c>
       <c r="AA35" s="6" t="s">
         <v>47</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AC35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AF35" s="6" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C36" s="4">
         <v>551</v>
       </c>
       <c r="D36" s="4">
         <v>509</v>
       </c>
       <c r="E36" s="4">
         <v>532</v>
       </c>
       <c r="F36" s="4">
         <v>532</v>
       </c>
       <c r="G36" s="4">
         <v>486</v>
       </c>
       <c r="H36" s="4">
@@ -3164,96 +3173,96 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="4">
         <v>120</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>33</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>34</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>35</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>16</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U39" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V39" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W39" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>23</v>
       </c>
@@ -3452,239 +3461,239 @@
       </c>
       <c r="Z41" s="4">
         <v>120</v>
       </c>
       <c r="AA41" s="4">
         <v>120</v>
       </c>
       <c r="AB41" s="4">
         <v>120</v>
       </c>
       <c r="AC41" s="4">
         <v>120</v>
       </c>
       <c r="AD41" s="4">
         <v>120</v>
       </c>
       <c r="AE41" s="4">
         <v>120</v>
       </c>
       <c r="AF41" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="D43" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E43" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="E43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F43" s="6" t="s">
-        <v>60</v>
+        <v>86</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>86</v>
+        <v>61</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>87</v>
+        <v>62</v>
       </c>
       <c r="J43" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="K43" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="K43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L43" s="6" t="s">
+        <v>89</v>
+      </c>
+      <c r="M43" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="M43" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N43" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="O43" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>91</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>63</v>
+        <v>92</v>
       </c>
       <c r="R43" s="6" t="s">
         <v>64</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>92</v>
+        <v>65</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>93</v>
+        <v>66</v>
       </c>
       <c r="V43" s="6" t="s">
         <v>94</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>67</v>
+        <v>95</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>95</v>
+        <v>68</v>
       </c>
       <c r="Y43" s="6" t="s">
         <v>96</v>
       </c>
       <c r="Z43" s="6" t="s">
         <v>97</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>102</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C44" s="4">
+        <v>575</v>
+      </c>
+      <c r="D44" s="4">
         <v>566</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>531</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>543</v>
       </c>
-      <c r="F44" s="4">
+      <c r="G44" s="4">
         <v>526</v>
       </c>
-      <c r="G44" s="4">
+      <c r="H44" s="4">
         <v>590</v>
       </c>
-      <c r="H44" s="4">
+      <c r="I44" s="4">
         <v>538</v>
       </c>
-      <c r="I44" s="4">
+      <c r="J44" s="4">
         <v>563</v>
       </c>
-      <c r="J44" s="4">
+      <c r="K44" s="4">
         <v>556</v>
       </c>
-      <c r="K44" s="4">
+      <c r="L44" s="4">
         <v>521</v>
       </c>
-      <c r="L44" s="4">
+      <c r="M44" s="4">
         <v>524</v>
       </c>
-      <c r="M44" s="4">
+      <c r="N44" s="4">
         <v>574</v>
       </c>
-      <c r="N44" s="4">
+      <c r="O44" s="4">
         <v>515</v>
       </c>
-      <c r="O44" s="4">
+      <c r="P44" s="4">
         <v>491</v>
       </c>
-      <c r="P44" s="4">
+      <c r="Q44" s="4">
         <v>528</v>
       </c>
-      <c r="Q44" s="4">
+      <c r="R44" s="4">
         <v>494</v>
       </c>
-      <c r="R44" s="4">
+      <c r="S44" s="4">
         <v>527</v>
       </c>
-      <c r="S44" s="4">
+      <c r="T44" s="4">
         <v>532</v>
       </c>
-      <c r="T44" s="4">
+      <c r="U44" s="4">
         <v>517</v>
       </c>
-      <c r="U44" s="4">
+      <c r="V44" s="4">
         <v>522</v>
       </c>
-      <c r="V44" s="4">
+      <c r="W44" s="4">
         <v>483</v>
       </c>
-      <c r="W44" s="4">
+      <c r="X44" s="4">
         <v>518</v>
       </c>
-      <c r="X44" s="4">
+      <c r="Y44" s="4">
         <v>485</v>
       </c>
-      <c r="Y44" s="7">
+      <c r="Z44" s="7">
         <v>442</v>
       </c>
-      <c r="Z44" s="7">
+      <c r="AA44" s="7">
         <v>407</v>
       </c>
-      <c r="AA44" s="4">
+      <c r="AB44" s="4">
         <v>511</v>
       </c>
-      <c r="AB44" s="7">
+      <c r="AC44" s="7">
         <v>422</v>
       </c>
-      <c r="AC44" s="4">
+      <c r="AD44" s="4">
         <v>558</v>
       </c>
-      <c r="AD44" s="7">
+      <c r="AE44" s="7">
         <v>420</v>
       </c>
-      <c r="AE44" s="7">
+      <c r="AF44" s="7">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="4">
         <v>120</v>
       </c>
       <c r="D45" s="4">
         <v>120</v>
       </c>
       <c r="E45" s="4">
         <v>120</v>
       </c>
       <c r="F45" s="4">
         <v>120</v>
       </c>
       <c r="G45" s="4">
         <v>120</v>
       </c>
       <c r="H45" s="4">
         <v>120</v>
       </c>
       <c r="I45" s="4">
@@ -3713,73 +3722,73 @@
       </c>
       <c r="Q45" s="4">
         <v>120</v>
       </c>
       <c r="R45" s="4">
         <v>120</v>
       </c>
       <c r="S45" s="4">
         <v>120</v>
       </c>
       <c r="T45" s="4">
         <v>120</v>
       </c>
       <c r="U45" s="4">
         <v>120</v>
       </c>
       <c r="V45" s="4">
         <v>120</v>
       </c>
       <c r="W45" s="4">
         <v>120</v>
       </c>
       <c r="X45" s="4">
         <v>120</v>
       </c>
-      <c r="Y45" s="6">
-        <v>100</v>
+      <c r="Y45" s="4">
+        <v>120</v>
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
-      <c r="AA45" s="4">
-[...2 lines deleted...]
-      <c r="AB45" s="6">
+      <c r="AA45" s="6">
         <v>100</v>
       </c>
-      <c r="AC45" s="4">
-[...2 lines deleted...]
-      <c r="AD45" s="6">
+      <c r="AB45" s="4">
+        <v>120</v>
+      </c>
+      <c r="AC45" s="6">
         <v>100</v>
+      </c>
+      <c r="AD45" s="4">
+        <v>120</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
-      <c r="AF45" s="4">
-        <v>120</v>
+      <c r="AF45" s="6">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">