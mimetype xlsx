--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
   <si>
     <t>Výsledky hráčů družstva TJ Lomnice F na kuželně Lomnice</t>
   </si>
   <si>
     <t>Josef Koňarik</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>9.2.2020</t>
   </si>
   <si>
     <t>22.1.2020</t>
   </si>
   <si>
     <t>24.11.2019</t>
   </si>
   <si>
     <t>20.10.2019</t>
   </si>
   <si>
     <t>15.9.2019</t>
   </si>
   <si>
@@ -276,50 +276,53 @@
     <t>8.10.2023</t>
   </si>
   <si>
     <t>23.9.2023</t>
   </si>
   <si>
     <t>17.9.2023</t>
   </si>
   <si>
     <t>Kryštof Prouza</t>
   </si>
   <si>
     <t>26.11.2023</t>
   </si>
   <si>
     <t>Tomáš Koubek</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>Šárka Cholopovová</t>
   </si>
   <si>
     <t>Jan Ritschel</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>26.10.2025</t>
   </si>
   <si>
     <t>18.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>14.9.2025</t>
   </si>
@@ -2069,233 +2072,233 @@
       <c r="A31" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B31" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="1" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>87</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="D35" s="6" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>89</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>90</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>94</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>95</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>96</v>
       </c>
       <c r="M35" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="N35" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="N35" s="6" t="s">
+      <c r="O35" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="O35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P35" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="Q35" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="Q35" s="6" t="s">
+      <c r="R35" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="R35" s="6" t="s">
+      <c r="S35" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="S35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T35" s="6" t="s">
+        <v>99</v>
+      </c>
+      <c r="U35" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="U35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V35" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="W35" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="W35" s="6" t="s">
+      <c r="X35" s="6" t="s">
         <v>52</v>
       </c>
-      <c r="X35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y35" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="Z35" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="Z35" s="6" t="s">
+      <c r="AA35" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="AA35" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AB35" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="AC35" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="AC35" s="6" t="s">
+      <c r="AD35" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="AD35" s="6" t="s">
+      <c r="AE35" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="AE35" s="6" t="s">
+      <c r="AF35" s="6" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C36" s="7">
+        <v>575</v>
+      </c>
+      <c r="D36" s="7">
         <v>566</v>
       </c>
-      <c r="D36" s="7">
+      <c r="E36" s="7">
         <v>531</v>
       </c>
-      <c r="E36" s="7">
+      <c r="F36" s="7">
         <v>543</v>
       </c>
-      <c r="F36" s="7">
+      <c r="G36" s="7">
         <v>526</v>
       </c>
-      <c r="G36" s="7">
+      <c r="H36" s="7">
         <v>590</v>
       </c>
-      <c r="H36" s="7">
+      <c r="I36" s="7">
         <v>538</v>
       </c>
-      <c r="I36" s="7">
+      <c r="J36" s="7">
         <v>563</v>
       </c>
-      <c r="J36" s="7">
+      <c r="K36" s="7">
         <v>556</v>
       </c>
-      <c r="K36" s="7">
+      <c r="L36" s="7">
         <v>521</v>
       </c>
-      <c r="L36" s="7">
+      <c r="M36" s="7">
         <v>524</v>
       </c>
-      <c r="M36" s="7">
+      <c r="N36" s="7">
         <v>574</v>
       </c>
-      <c r="N36" s="7">
+      <c r="O36" s="7">
         <v>515</v>
       </c>
-      <c r="O36" s="7">
+      <c r="P36" s="7">
         <v>491</v>
       </c>
-      <c r="P36" s="7">
+      <c r="Q36" s="7">
         <v>528</v>
       </c>
-      <c r="Q36" s="7">
+      <c r="R36" s="7">
         <v>494</v>
       </c>
-      <c r="R36" s="7">
+      <c r="S36" s="7">
         <v>527</v>
       </c>
-      <c r="S36" s="7">
+      <c r="T36" s="7">
         <v>532</v>
       </c>
-      <c r="T36" s="7">
+      <c r="U36" s="7">
         <v>517</v>
       </c>
-      <c r="U36" s="7">
+      <c r="V36" s="7">
         <v>522</v>
       </c>
-      <c r="V36" s="7">
+      <c r="W36" s="7">
         <v>483</v>
       </c>
-      <c r="W36" s="7">
+      <c r="X36" s="7">
         <v>518</v>
       </c>
-      <c r="X36" s="7">
+      <c r="Y36" s="7">
         <v>485</v>
       </c>
-      <c r="Y36" s="4">
+      <c r="Z36" s="4">
         <v>442</v>
       </c>
-      <c r="Z36" s="4">
+      <c r="AA36" s="4">
         <v>407</v>
       </c>
-      <c r="AA36" s="7">
+      <c r="AB36" s="7">
         <v>511</v>
       </c>
-      <c r="AB36" s="4">
+      <c r="AC36" s="4">
         <v>422</v>
       </c>
-      <c r="AC36" s="7">
+      <c r="AD36" s="7">
         <v>558</v>
       </c>
-      <c r="AD36" s="4">
+      <c r="AE36" s="4">
         <v>420</v>
       </c>
-      <c r="AE36" s="4">
+      <c r="AF36" s="4">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>504</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C37" s="7">
         <v>120</v>
       </c>
       <c r="D37" s="7">
         <v>120</v>
       </c>
       <c r="E37" s="7">
         <v>120</v>
       </c>
       <c r="F37" s="7">
         <v>120</v>
       </c>
       <c r="G37" s="7">
         <v>120</v>
       </c>
       <c r="H37" s="7">
         <v>120</v>
       </c>
       <c r="I37" s="7">
@@ -2324,111 +2327,111 @@
       </c>
       <c r="Q37" s="7">
         <v>120</v>
       </c>
       <c r="R37" s="7">
         <v>120</v>
       </c>
       <c r="S37" s="7">
         <v>120</v>
       </c>
       <c r="T37" s="7">
         <v>120</v>
       </c>
       <c r="U37" s="7">
         <v>120</v>
       </c>
       <c r="V37" s="7">
         <v>120</v>
       </c>
       <c r="W37" s="7">
         <v>120</v>
       </c>
       <c r="X37" s="7">
         <v>120</v>
       </c>
-      <c r="Y37" s="6">
-        <v>100</v>
+      <c r="Y37" s="7">
+        <v>120</v>
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
-      <c r="AA37" s="7">
-[...9 lines deleted...]
-        <v>100</v>
+      <c r="AA37" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB37" s="7">
+        <v>120</v>
+      </c>
+      <c r="AC37" s="6">
+        <v>100</v>
+      </c>
+      <c r="AD37" s="7">
+        <v>120</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
-      <c r="AF37" s="7">
-        <v>120</v>
+      <c r="AF37" s="6">
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="D39" s="6" t="s">
         <v>48</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>62</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>49</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>63</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>65</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>66</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>67</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>70</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>79</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">