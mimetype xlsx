--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -146,50 +146,53 @@
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>12.1.2019</t>
   </si>
   <si>
     <t>7.12.2018</t>
   </si>
   <si>
     <t>1.12.2018</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
   <si>
     <t>20.10.2018</t>
   </si>
   <si>
     <t>František Dobiáš</t>
   </si>
   <si>
     <t>Jaroslav Hodinář</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>15.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>2.11.2024</t>
   </si>
   <si>
     <t>19.10.2024</t>
@@ -219,53 +222,50 @@
     <t>4.11.2023</t>
   </si>
   <si>
     <t>14.4.2023</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>18.3.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>11.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>19.11.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>5.11.2022</t>
   </si>
   <si>
     <t>Emil Campr</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>3.10.2020</t>
   </si>
   <si>
     <t>6.10.2018</t>
   </si>
   <si>
     <t>15.9.2018</t>
   </si>
   <si>
     <t>10.3.2018</t>
   </si>
   <si>
     <t>20.1.2018</t>
   </si>
@@ -1523,182 +1523,182 @@
       <c r="L15" s="6" t="s">
         <v>53</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>54</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>55</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>56</v>
       </c>
       <c r="P15" s="6" t="s">
         <v>57</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>58</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>60</v>
       </c>
       <c r="T15" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="U15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="V15" s="6" t="s">
+      <c r="W15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="W15" s="6" t="s">
+      <c r="X15" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="AA15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="AB15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AC15" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="AE15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>415</v>
+      </c>
+      <c r="D16" s="4">
         <v>403</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>399</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>403</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>384</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>428</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>423</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>364</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>406</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>421</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>389</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>411</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>412</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>395</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>405</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>375</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>419</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>370</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>390</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>398</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>408</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>361</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>417</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>431</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>424</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>423</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>417</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>408</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>413</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>444</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
       <c r="I17" s="6">
@@ -1760,75 +1760,75 @@
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>70</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>71</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>72</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>8</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>11</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P19" s="6" t="s">
         <v>73</v>
       </c>
       <c r="Q19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>30</v>
       </c>
@@ -2618,63 +2618,63 @@
       </c>
       <c r="AB29" s="6">
         <v>100</v>
       </c>
       <c r="AC29" s="6">
         <v>100</v>
       </c>
       <c r="AD29" s="6">
         <v>100</v>
       </c>
       <c r="AE29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>91</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>92</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>93</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>94</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>9</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N31" s="6" t="s">
         <v>13</v>
       </c>
       <c r="O31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>16</v>
       </c>