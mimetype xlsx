--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -23,50 +23,53 @@
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="63">
   <si>
     <t>Výsledky hráčů družstva SK Šluknov B na kuželně Šluknov</t>
   </si>
   <si>
     <t>Dušan Knobloch</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>27.11.2025</t>
   </si>
   <si>
     <t>21.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>22.10.2025</t>
   </si>
   <si>
     <t>10.10.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
@@ -110,81 +113,78 @@
   <si>
     <t>24.11.2023</t>
   </si>
   <si>
     <t>17.11.2023</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>29.9.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>21.4.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
+    <t>Výkon:</t>
+  </si>
+  <si>
+    <t>Počet hodů:</t>
+  </si>
+  <si>
+    <t>Jan Marušák</t>
+  </si>
+  <si>
+    <t>9.4.2025</t>
+  </si>
+  <si>
+    <t>31.1.2025</t>
+  </si>
+  <si>
+    <t>6.10.2023</t>
+  </si>
+  <si>
     <t>3.3.2023</t>
   </si>
   <si>
-    <t>Výkon:</t>
-[...16 lines deleted...]
-  <si>
     <t>24.2.2023</t>
   </si>
   <si>
     <t>20.1.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>16.11.2022</t>
   </si>
   <si>
     <t>Anita Morkusová</t>
   </si>
   <si>
     <t>Věra Navrátilová</t>
   </si>
   <si>
     <t>7.10.2022</t>
   </si>
   <si>
     <t>16.9.2022</t>
   </si>
   <si>
     <t>30.3.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>25.2.2022</t>
   </si>
@@ -745,138 +745,138 @@
       </c>
       <c r="AA3" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AB3" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AC3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AD3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AE3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AF3" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C4" s="4">
+        <v>390</v>
+      </c>
+      <c r="D4" s="4">
         <v>441</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>400</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>455</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>422</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>393</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>432</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>448</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>411</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>423</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>426</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>393</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>411</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>375</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>444</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>422</v>
       </c>
-      <c r="R4" s="4">
+      <c r="S4" s="4">
         <v>443</v>
       </c>
-      <c r="S4" s="4">
+      <c r="T4" s="4">
         <v>448</v>
       </c>
-      <c r="T4" s="4">
+      <c r="U4" s="4">
         <v>459</v>
       </c>
-      <c r="U4" s="4">
+      <c r="V4" s="4">
         <v>456</v>
       </c>
-      <c r="V4" s="4">
+      <c r="W4" s="4">
         <v>414</v>
       </c>
-      <c r="W4" s="4">
+      <c r="X4" s="4">
         <v>392</v>
       </c>
-      <c r="X4" s="4">
+      <c r="Y4" s="4">
         <v>410</v>
       </c>
-      <c r="Y4" s="4">
+      <c r="Z4" s="4">
         <v>432</v>
       </c>
-      <c r="Z4" s="4">
+      <c r="AA4" s="4">
         <v>409</v>
       </c>
-      <c r="AA4" s="4">
+      <c r="AB4" s="4">
         <v>416</v>
       </c>
-      <c r="AB4" s="4">
+      <c r="AC4" s="4">
         <v>400</v>
       </c>
-      <c r="AC4" s="4">
+      <c r="AD4" s="4">
         <v>410</v>
       </c>
-      <c r="AD4" s="4">
+      <c r="AE4" s="4">
         <v>433</v>
       </c>
-      <c r="AE4" s="4">
+      <c r="AF4" s="4">
         <v>382</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
@@ -944,227 +944,227 @@
       </c>
       <c r="AD5" s="6">
         <v>100</v>
       </c>
       <c r="AE5" s="6">
         <v>100</v>
       </c>
       <c r="AF5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H7" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="I7" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>11</v>
       </c>
       <c r="K7" s="6" t="s">
         <v>12</v>
       </c>
       <c r="L7" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="M7" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="N7" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="P7" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q7" s="6" t="s">
         <v>20</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="S7" s="6" t="s">
         <v>23</v>
       </c>
       <c r="T7" s="6" t="s">
         <v>24</v>
       </c>
       <c r="U7" s="6" t="s">
         <v>25</v>
       </c>
       <c r="V7" s="6" t="s">
         <v>26</v>
       </c>
       <c r="W7" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="X7" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="Y7" s="6" t="s">
         <v>28</v>
       </c>
       <c r="Z7" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AA7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AB7" s="6" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="AC7" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AD7" s="6" t="s">
         <v>40</v>
       </c>
       <c r="AE7" s="6" t="s">
         <v>41</v>
       </c>
       <c r="AF7" s="6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="4">
+        <v>392</v>
+      </c>
+      <c r="D8" s="4">
         <v>370</v>
       </c>
-      <c r="D8" s="4">
+      <c r="E8" s="4">
         <v>382</v>
       </c>
-      <c r="E8" s="4">
+      <c r="F8" s="4">
         <v>361</v>
       </c>
-      <c r="F8" s="4">
+      <c r="G8" s="4">
         <v>387</v>
       </c>
-      <c r="G8" s="4">
+      <c r="H8" s="4">
         <v>365</v>
       </c>
-      <c r="H8" s="4">
+      <c r="I8" s="4">
         <v>402</v>
       </c>
-      <c r="I8" s="4">
+      <c r="J8" s="4">
         <v>389</v>
       </c>
-      <c r="J8" s="4">
+      <c r="K8" s="4">
         <v>383</v>
       </c>
-      <c r="K8" s="4">
+      <c r="L8" s="4">
         <v>397</v>
       </c>
-      <c r="L8" s="4">
+      <c r="M8" s="4">
         <v>403</v>
       </c>
-      <c r="M8" s="4">
+      <c r="N8" s="4">
         <v>374</v>
       </c>
-      <c r="N8" s="4">
+      <c r="O8" s="4">
         <v>364</v>
       </c>
-      <c r="O8" s="4">
+      <c r="P8" s="4">
         <v>370</v>
       </c>
-      <c r="P8" s="4">
+      <c r="Q8" s="4">
         <v>369</v>
       </c>
-      <c r="Q8" s="4">
+      <c r="R8" s="4">
         <v>359</v>
       </c>
-      <c r="R8" s="4">
+      <c r="S8" s="4">
         <v>407</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>387</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>372</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>362</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>347</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>369</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>349</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>346</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>365</v>
       </c>
-      <c r="AA8" s="4">
+      <c r="AB8" s="4">
         <v>357</v>
       </c>
-      <c r="AB8" s="4">
+      <c r="AC8" s="4">
         <v>347</v>
       </c>
-      <c r="AC8" s="4">
+      <c r="AD8" s="4">
         <v>349</v>
       </c>
-      <c r="AD8" s="4">
+      <c r="AE8" s="4">
         <v>363</v>
       </c>
-      <c r="AE8" s="4">
+      <c r="AF8" s="4">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
@@ -1247,212 +1247,212 @@
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>9</v>
       </c>
       <c r="J11" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="K11" s="6" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N11" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="O11" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="R11" s="6" t="s">
         <v>17</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>18</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>19</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>20</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>21</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>22</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>23</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>25</v>
       </c>
       <c r="AA11" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>435</v>
+      </c>
+      <c r="D12" s="4">
         <v>405</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>402</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>438</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>399</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>408</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>404</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>449</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>457</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>440</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>410</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>465</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>436</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>425</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>420</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>412</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>459</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>415</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>418</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>435</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="X12" s="4">
         <v>410</v>
       </c>
       <c r="Y12" s="4">
+        <v>410</v>
+      </c>
+      <c r="Z12" s="4">
         <v>377</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>428</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>389</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>397</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>415</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>417</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>448</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
@@ -1514,90 +1514,90 @@
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="M15" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>38</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="Q15" s="6" t="s">
         <v>45</v>
       </c>
       <c r="R15" s="6" t="s">
         <v>46</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>47</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>48</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>49</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>50</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>51</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>52</v>
       </c>
@@ -1808,57 +1808,57 @@
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>36</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>37</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>47</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>358</v>
       </c>
       <c r="D20" s="4">
         <v>421</v>
       </c>
       <c r="E20" s="4">
         <v>359</v>
       </c>
       <c r="F20" s="4">
         <v>386</v>
       </c>
       <c r="G20" s="4">
@@ -1901,215 +1901,215 @@
       <c r="A23" s="2" t="s">
         <v>62</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>12</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>15</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>16</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>17</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>18</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>19</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>20</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>21</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>22</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>23</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>25</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>26</v>
       </c>
       <c r="X23" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="Y23" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>28</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>29</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>30</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>31</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>32</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>39</v>
       </c>
       <c r="AF23" s="6" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>418</v>
+      </c>
+      <c r="D24" s="4">
         <v>441</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>416</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>435</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>424</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>405</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
       <c r="I24" s="4">
         <v>404</v>
       </c>
       <c r="J24" s="4">
+        <v>404</v>
+      </c>
+      <c r="K24" s="4">
         <v>400</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>415</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>419</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>402</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>432</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>395</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>417</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>434</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>416</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>415</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>435</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>394</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>398</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>469</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>422</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>471</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>426</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>411</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>437</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>394</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>385</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>389</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">