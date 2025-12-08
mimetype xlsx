--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -245,50 +245,53 @@
   <si>
     <t>10.11.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>18.11.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>Jaroslav Benda</t>
   </si>
   <si>
     <t>14.1.2022</t>
   </si>
   <si>
     <t>10.12.2021</t>
   </si>
   <si>
     <t>Jiří Čamra</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>6.11.2025</t>
   </si>
   <si>
     <t>18.9.2025</t>
   </si>
   <si>
     <t>27.2.2025</t>
   </si>
   <si>
     <t>13.2.2025</t>
   </si>
   <si>
     <t>30.1.2025</t>
   </si>
   <si>
     <t>28.11.2024</t>
   </si>
   <si>
     <t>24.10.2024</t>
   </si>
   <si>
     <t>3.10.2024</t>
   </si>
   <si>
     <t>30.3.2023</t>
@@ -315,53 +318,50 @@
     <t>13.1.2022</t>
   </si>
   <si>
     <t>31.12.2021</t>
   </si>
   <si>
     <t>2.12.2021</t>
   </si>
   <si>
     <t>25.11.2021</t>
   </si>
   <si>
     <t>11.11.2021</t>
   </si>
   <si>
     <t>30.9.2021</t>
   </si>
   <si>
     <t>16.9.2021</t>
   </si>
   <si>
     <t>27.2.2020</t>
   </si>
   <si>
     <t>13.2.2020</t>
-  </si>
-[...1 lines deleted...]
-    <t>23.1.2020</t>
   </si>
   <si>
     <t>Gabriela Knězů</t>
   </si>
   <si>
     <t>23.3.2019</t>
   </si>
   <si>
     <t>9.3.2019</t>
   </si>
   <si>
     <t>16.2.2019</t>
   </si>
   <si>
     <t>2.2.2019</t>
   </si>
   <si>
     <t>12.1.2019</t>
   </si>
   <si>
     <t>1.12.2018</t>
   </si>
   <si>
     <t>10.11.2018</t>
   </si>
@@ -2189,215 +2189,215 @@
       <c r="A19" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>78</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>79</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>80</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>81</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>82</v>
       </c>
       <c r="I19" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="J19" s="6" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="K19" s="6" t="s">
         <v>84</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>85</v>
       </c>
       <c r="M19" s="6" t="s">
         <v>86</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>87</v>
       </c>
       <c r="O19" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="P19" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>89</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>90</v>
       </c>
       <c r="T19" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="U19" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="V19" s="6" t="s">
         <v>92</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>93</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>94</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>95</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>96</v>
       </c>
       <c r="AA19" s="6" t="s">
         <v>97</v>
       </c>
       <c r="AB19" s="6" t="s">
         <v>98</v>
       </c>
       <c r="AC19" s="6" t="s">
         <v>99</v>
       </c>
       <c r="AD19" s="6" t="s">
         <v>100</v>
       </c>
       <c r="AE19" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="AF19" s="6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>362</v>
+      </c>
+      <c r="D20" s="4">
         <v>402</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>360</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>408</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>378</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>396</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>392</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>426</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>381</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>405</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>419</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>359</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>388</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>373</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>381</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>411</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>382</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>363</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>421</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>392</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>397</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>383</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>391</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>413</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>392</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>375</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>370</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>418</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>424</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>419</v>
-      </c>
-[...1 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
@@ -2558,277 +2558,277 @@
       </c>
       <c r="G25" s="7">
         <v>120</v>
       </c>
       <c r="H25" s="7">
         <v>120</v>
       </c>
       <c r="I25" s="7">
         <v>120</v>
       </c>
       <c r="J25" s="7">
         <v>120</v>
       </c>
       <c r="K25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="D27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E27" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="F27" s="6" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>82</v>
       </c>
       <c r="H27" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="I27" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="I27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J27" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="K27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="K27" s="6" t="s">
+      <c r="L27" s="6" t="s">
         <v>116</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>117</v>
       </c>
-      <c r="M27" s="6" t="s">
+      <c r="N27" s="6" t="s">
         <v>118</v>
       </c>
-      <c r="N27" s="6" t="s">
+      <c r="O27" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>120</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="Q27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R27" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="S27" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="S27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T27" s="6" t="s">
+        <v>88</v>
+      </c>
+      <c r="U27" s="6" t="s">
         <v>122</v>
       </c>
-      <c r="U27" s="6" t="s">
+      <c r="V27" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="V27" s="6" t="s">
+      <c r="W27" s="6" t="s">
         <v>123</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>126</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="AB27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC27" s="6" t="s">
+        <v>91</v>
+      </c>
+      <c r="AD27" s="6" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="AE27" s="6" t="s">
         <v>92</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>453</v>
+      </c>
+      <c r="D28" s="4">
         <v>384</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>421</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>437</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>467</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>412</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>409</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>379</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>430</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>421</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>427</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>374</v>
       </c>
-      <c r="N28" s="7">
+      <c r="O28" s="7">
         <v>525</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>456</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>397</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>402</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>407</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>449</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>407</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>442</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>397</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>436</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>422</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>429</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>434</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>418</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>404</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>423</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>452</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>413</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
       <c r="K29" s="6">
         <v>100</v>
       </c>
       <c r="L29" s="6">
         <v>100</v>
       </c>
       <c r="M29" s="6">
         <v>100</v>
       </c>
-      <c r="N29" s="7">
+      <c r="N29" s="6">
+        <v>100</v>
+      </c>
+      <c r="O29" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="P29" s="6">
         <v>100</v>
       </c>
       <c r="Q29" s="6">
         <v>100</v>
       </c>
       <c r="R29" s="6">
         <v>100</v>
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
@@ -3425,277 +3425,277 @@
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>147</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>77</v>
       </c>
       <c r="D39" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E39" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="E39" s="6" t="s">
+      <c r="F39" s="6" t="s">
         <v>149</v>
       </c>
-      <c r="F39" s="6" t="s">
+      <c r="G39" s="6" t="s">
         <v>114</v>
       </c>
-      <c r="G39" s="6" t="s">
+      <c r="H39" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I39" s="6" t="s">
+        <v>82</v>
+      </c>
+      <c r="J39" s="6" t="s">
         <v>115</v>
       </c>
-      <c r="J39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K39" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="L39" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="M39" s="6" t="s">
+      <c r="N39" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="N39" s="6" t="s">
+      <c r="O39" s="6" t="s">
         <v>150</v>
       </c>
-      <c r="O39" s="6" t="s">
+      <c r="P39" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="P39" s="6" t="s">
+      <c r="Q39" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="Q39" s="6" t="s">
+      <c r="R39" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="R39" s="6" t="s">
+      <c r="S39" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="S39" s="6" t="s">
+      <c r="T39" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="T39" s="6" t="s">
+      <c r="U39" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="V39" s="6" t="s">
+      <c r="W39" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="W39" s="6" t="s">
+      <c r="X39" s="6" t="s">
         <v>44</v>
       </c>
-      <c r="X39" s="6" t="s">
+      <c r="Y39" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Z39" s="6" t="s">
+      <c r="AA39" s="6" t="s">
         <v>25</v>
       </c>
-      <c r="AA39" s="6" t="s">
+      <c r="AB39" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AB39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC39" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="AD39" s="6" t="s">
         <v>155</v>
       </c>
-      <c r="AD39" s="6" t="s">
+      <c r="AE39" s="6" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
+        <v>388</v>
+      </c>
+      <c r="D40" s="4">
         <v>419</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>406</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>440</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>402</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>421</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>441</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>447</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>452</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>441</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>397</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>473</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>438</v>
       </c>
-      <c r="O40" s="7">
+      <c r="P40" s="7">
         <v>528</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>433</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>459</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>453</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>442</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>410</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>426</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>436</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>465</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>444</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>451</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>464</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>443</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>404</v>
       </c>
-      <c r="AC40" s="4">
+      <c r="AD40" s="4">
         <v>455</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>417</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
       <c r="K41" s="6">
         <v>100</v>
       </c>
       <c r="L41" s="6">
         <v>100</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
-      <c r="O41" s="7">
+      <c r="O41" s="6">
+        <v>100</v>
+      </c>
+      <c r="P41" s="7">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="Q41" s="6">
         <v>100</v>
       </c>
       <c r="R41" s="6">
         <v>100</v>
       </c>
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
@@ -4286,51 +4286,51 @@
       </c>
       <c r="AB49" s="6">
         <v>100</v>
       </c>
       <c r="AC49" s="6">
         <v>100</v>
       </c>
       <c r="AD49" s="6">
         <v>100</v>
       </c>
       <c r="AE49" s="6">
         <v>100</v>
       </c>
       <c r="AF49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>171</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D51" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E51" s="6" t="s">
         <v>10</v>
       </c>
       <c r="F51" s="6" t="s">
         <v>11</v>
       </c>
       <c r="G51" s="6" t="s">
         <v>67</v>
       </c>
       <c r="H51" s="6" t="s">
         <v>12</v>
       </c>
       <c r="I51" s="6" t="s">
         <v>13</v>
       </c>
       <c r="J51" s="6" t="s">
         <v>14</v>
       </c>
       <c r="K51" s="6" t="s">
         <v>69</v>
       </c>
@@ -4418,51 +4418,51 @@
       </c>
       <c r="L53" s="6">
         <v>100</v>
       </c>
       <c r="M53" s="6">
         <v>100</v>
       </c>
       <c r="N53" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="6" t="s">
         <v>148</v>
       </c>
       <c r="D55" s="6" t="s">
         <v>149</v>
       </c>
       <c r="E55" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="F55" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G55" s="6" t="s">
         <v>64</v>
       </c>
       <c r="H55" s="6" t="s">
         <v>150</v>
       </c>
       <c r="I55" s="6" t="s">
         <v>129</v>
       </c>
       <c r="J55" s="6" t="s">
         <v>152</v>
       </c>
       <c r="K55" s="6" t="s">
         <v>16</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>153</v>
       </c>
       <c r="M55" s="6" t="s">
         <v>154</v>
       </c>