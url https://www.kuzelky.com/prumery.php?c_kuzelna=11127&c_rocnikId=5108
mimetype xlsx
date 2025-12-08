--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Machová  na kuželně Otrokovice</t>
   </si>
   <si>
     <t>Bohuslav Husek</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>9.4.2022</t>
   </si>
   <si>
     <t>30.3.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>5.3.2022</t>
   </si>
   <si>
     <t>15.12.2021</t>
   </si>
   <si>
@@ -168,50 +168,53 @@
     <t>27.10.2023</t>
   </si>
   <si>
     <t>Miroslav Ševeček</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>Vlastimil Brázdil</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>Roman Hrančík</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>Michal Laga</t>
   </si>
   <si>
     <t>Josef Benek</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
@@ -613,51 +616,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="R33" sqref="R33"/>
+      <selection activeCell="S33" sqref="S33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -1634,265 +1637,265 @@
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="D23" s="6" t="s">
+      <c r="E23" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="E23" s="6" t="s">
+      <c r="F23" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="F23" s="6" t="s">
+      <c r="G23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="G23" s="6" t="s">
+      <c r="H23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="H23" s="6" t="s">
+      <c r="I23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="I23" s="6" t="s">
+      <c r="J23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="J23" s="6" t="s">
+      <c r="K23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="K23" s="6" t="s">
+      <c r="L23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="O23" s="6" t="s">
+      <c r="P23" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="P23" s="6" t="s">
+      <c r="Q23" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="Q23" s="6" t="s">
+      <c r="R23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="R23" s="6" t="s">
+      <c r="S23" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="S23" s="6" t="s">
+      <c r="T23" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="U23" s="6" t="s">
+      <c r="V23" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>15</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>16</v>
       </c>
-      <c r="Z23" s="6" t="s">
+      <c r="AA23" s="6" t="s">
         <v>17</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>549</v>
+      </c>
+      <c r="D24" s="4">
         <v>546</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>558</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>563</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>544</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>553</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>436</v>
       </c>
-      <c r="I24" s="7">
+      <c r="J24" s="7">
         <v>469</v>
       </c>
-      <c r="J24" s="7">
+      <c r="K24" s="7">
         <v>478</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>549</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>530</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>526</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>539</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>555</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>559</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>592</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>524</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>585</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>4</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>539</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>551</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>561</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>549</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>564</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>614</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>559</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>592</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>552</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>536</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
-      <c r="H25" s="6">
-        <v>100</v>
+      <c r="H25" s="4">
+        <v>120</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
-      <c r="K25" s="4">
-        <v>120</v>
+      <c r="K25" s="6">
+        <v>100</v>
       </c>
       <c r="L25" s="4">
         <v>120</v>
       </c>
       <c r="M25" s="4">
         <v>120</v>
       </c>
       <c r="N25" s="4">
         <v>120</v>
       </c>
       <c r="O25" s="4">
         <v>120</v>
       </c>
       <c r="P25" s="4">
         <v>120</v>
       </c>
       <c r="Q25" s="4">
         <v>120</v>
       </c>
       <c r="R25" s="4">
         <v>120</v>
       </c>
       <c r="S25" s="4">
         <v>120</v>
       </c>
@@ -1916,51 +1919,51 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>6</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>7</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>8</v>
       </c>
@@ -2204,207 +2207,216 @@
       </c>
       <c r="Z29" s="4">
         <v>120</v>
       </c>
       <c r="AA29" s="4">
         <v>120</v>
       </c>
       <c r="AB29" s="4">
         <v>120</v>
       </c>
       <c r="AC29" s="4">
         <v>120</v>
       </c>
       <c r="AD29" s="4">
         <v>120</v>
       </c>
       <c r="AE29" s="4">
         <v>120</v>
       </c>
       <c r="AF29" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="D31" s="6" t="s">
+      <c r="E31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="E31" s="6" t="s">
+      <c r="F31" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="F31" s="6" t="s">
+      <c r="G31" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="G31" s="6" t="s">
+      <c r="H31" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="H31" s="6" t="s">
+      <c r="I31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I31" s="6" t="s">
+      <c r="J31" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="J31" s="6" t="s">
+      <c r="K31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="K31" s="6" t="s">
+      <c r="L31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="O31" s="6" t="s">
+      <c r="P31" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="P31" s="6" t="s">
+      <c r="Q31" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Q31" s="6" t="s">
+      <c r="R31" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="R31" s="6" t="s">
+      <c r="S31" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>527</v>
+      </c>
+      <c r="D32" s="4">
         <v>536</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>534</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>511</v>
       </c>
-      <c r="F32" s="7">
+      <c r="G32" s="7">
         <v>388</v>
       </c>
-      <c r="G32" s="7">
+      <c r="H32" s="7">
         <v>386</v>
       </c>
-      <c r="H32" s="7">
+      <c r="I32" s="7">
         <v>433</v>
       </c>
-      <c r="I32" s="7">
+      <c r="J32" s="7">
         <v>423</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>525</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>532</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>469</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>473</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>486</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>4</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>544</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>502</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>504</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
-      <c r="F33" s="6">
-        <v>100</v>
+      <c r="F33" s="4">
+        <v>120</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
-      <c r="J33" s="4">
-        <v>120</v>
+      <c r="J33" s="6">
+        <v>100</v>
       </c>
       <c r="K33" s="4">
         <v>120</v>
       </c>
       <c r="L33" s="4">
         <v>120</v>
       </c>
       <c r="M33" s="4">
         <v>120</v>
       </c>
       <c r="N33" s="4">
         <v>120</v>
       </c>
       <c r="O33" s="4">
         <v>120</v>
       </c>
       <c r="P33" s="4">
         <v>120</v>
       </c>
       <c r="Q33" s="4">
         <v>120</v>
       </c>
       <c r="R33" s="4">
+        <v>120</v>
+      </c>
+      <c r="S33" s="4">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>