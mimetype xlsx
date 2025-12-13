--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="120">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="121">
   <si>
     <t>Výsledky hráčů družstva TJ Jiskra Otrokovice B na kuželně Otrokovice</t>
   </si>
   <si>
     <t>Teofil Hasák</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>24.11.2023</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>20.10.2023</t>
   </si>
   <si>
@@ -92,50 +92,53 @@
   <si>
     <t>20.9.2020</t>
   </si>
   <si>
     <t>15.2.2020</t>
   </si>
   <si>
     <t>30.11.2019</t>
   </si>
   <si>
     <t>13.4.2019</t>
   </si>
   <si>
     <t>16.2.2019</t>
   </si>
   <si>
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Michael Divílek st.</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>13.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>14.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>30.11.2024</t>
   </si>
   <si>
     <t>15.11.2024</t>
@@ -167,252 +170,252 @@
   <si>
     <t>3.12.2022</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>26.3.2022</t>
   </si>
   <si>
     <t>26.2.2022</t>
   </si>
   <si>
     <t>5.2.2022</t>
   </si>
   <si>
     <t>18.12.2021</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
+    <t>Barbora Divílková st.</t>
+  </si>
+  <si>
+    <t>4.10.2024</t>
+  </si>
+  <si>
+    <t>27.9.2024</t>
+  </si>
+  <si>
+    <t>10.2.2024</t>
+  </si>
+  <si>
+    <t>Hana Jonášková</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>9.10.2025</t>
+  </si>
+  <si>
+    <t>4.4.2025</t>
+  </si>
+  <si>
+    <t>7.3.2025</t>
+  </si>
+  <si>
+    <t>22.2.2025</t>
+  </si>
+  <si>
+    <t>31.1.2025</t>
+  </si>
+  <si>
+    <t>6.12.2024</t>
+  </si>
+  <si>
+    <t>8.11.2024</t>
+  </si>
+  <si>
+    <t>23.2.2024</t>
+  </si>
+  <si>
+    <t>19.1.2024</t>
+  </si>
+  <si>
+    <t>17.11.2023</t>
+  </si>
+  <si>
+    <t>13.10.2023</t>
+  </si>
+  <si>
+    <t>15.10.2022</t>
+  </si>
+  <si>
+    <t>15.1.2022</t>
+  </si>
+  <si>
+    <t>11.9.2021</t>
+  </si>
+  <si>
+    <t>19.9.2020</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>1.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>14.12.2019</t>
+  </si>
+  <si>
+    <t>16.11.2019</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
+    <t>Pavel Jurásek</t>
+  </si>
+  <si>
+    <t>25.10.2024</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>6.4.2024</t>
+  </si>
+  <si>
+    <t>23.3.2024</t>
+  </si>
+  <si>
+    <t>9.3.2024</t>
+  </si>
+  <si>
+    <t>19.11.2023</t>
+  </si>
+  <si>
+    <t>18.11.2023</t>
+  </si>
+  <si>
+    <t>31.3.2023</t>
+  </si>
+  <si>
+    <t>24.3.2023</t>
+  </si>
+  <si>
+    <t>20.1.2023</t>
+  </si>
+  <si>
+    <t>28.10.2022</t>
+  </si>
+  <si>
+    <t>21.10.2022</t>
+  </si>
+  <si>
+    <t>30.9.2022</t>
+  </si>
+  <si>
+    <t>12.9.2020</t>
+  </si>
+  <si>
+    <t>Miroslav Macega</t>
+  </si>
+  <si>
+    <t>21.3.2025</t>
+  </si>
+  <si>
+    <t>22.3.2024</t>
+  </si>
+  <si>
+    <t>9.2.2024</t>
+  </si>
+  <si>
+    <t>27.10.2023</t>
+  </si>
+  <si>
+    <t>Jitka Bětíková</t>
+  </si>
+  <si>
+    <t>12.3.2022</t>
+  </si>
+  <si>
+    <t>9.2.2020</t>
+  </si>
+  <si>
+    <t>16.3.2019</t>
+  </si>
+  <si>
+    <t>23.2.2019</t>
+  </si>
+  <si>
+    <t>9.2.2019</t>
+  </si>
+  <si>
+    <t>17.11.2018</t>
+  </si>
+  <si>
+    <t>3.11.2018</t>
+  </si>
+  <si>
+    <t>Martin Růžička</t>
+  </si>
+  <si>
+    <t>Milan Skopal</t>
+  </si>
+  <si>
+    <t>Zdeněk Drlík</t>
+  </si>
+  <si>
+    <t>9.12.2023</t>
+  </si>
+  <si>
+    <t>24.2.2023</t>
+  </si>
+  <si>
+    <t>Petr Buksa</t>
+  </si>
+  <si>
+    <t>Kateřina Ondrouchová</t>
+  </si>
+  <si>
+    <t>Lukáš Sabák</t>
+  </si>
+  <si>
+    <t>Eliška Novotná</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>1.4.2022</t>
+  </si>
+  <si>
     <t>20.11.2021</t>
-  </si>
-[...199 lines deleted...]
-    <t>1.4.2022</t>
   </si>
   <si>
     <t>6.11.2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1079,185 +1082,185 @@
       <c r="K7" s="7" t="s">
         <v>34</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>35</v>
       </c>
       <c r="M7" s="7" t="s">
         <v>36</v>
       </c>
       <c r="N7" s="7" t="s">
         <v>37</v>
       </c>
       <c r="O7" s="7" t="s">
         <v>38</v>
       </c>
       <c r="P7" s="7" t="s">
         <v>39</v>
       </c>
       <c r="Q7" s="7" t="s">
         <v>40</v>
       </c>
       <c r="R7" s="7" t="s">
         <v>41</v>
       </c>
       <c r="S7" s="7" t="s">
+        <v>42</v>
+      </c>
+      <c r="T7" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="T7" s="7" t="s">
+      <c r="U7" s="7" t="s">
         <v>9</v>
       </c>
-      <c r="U7" s="7" t="s">
+      <c r="V7" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="V7" s="7" t="s">
+      <c r="W7" s="7" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="X7" s="7" t="s">
         <v>43</v>
       </c>
       <c r="Y7" s="7" t="s">
         <v>44</v>
       </c>
       <c r="Z7" s="7" t="s">
         <v>45</v>
       </c>
       <c r="AA7" s="7" t="s">
         <v>46</v>
       </c>
       <c r="AB7" s="7" t="s">
         <v>47</v>
       </c>
       <c r="AC7" s="7" t="s">
         <v>48</v>
       </c>
       <c r="AD7" s="7" t="s">
         <v>49</v>
       </c>
       <c r="AE7" s="7" t="s">
         <v>50</v>
       </c>
       <c r="AF7" s="7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C8" s="5">
+        <v>504</v>
+      </c>
+      <c r="D8" s="5">
         <v>479</v>
       </c>
-      <c r="D8" s="5">
+      <c r="E8" s="5">
         <v>524</v>
       </c>
-      <c r="E8" s="5">
+      <c r="F8" s="5">
         <v>542</v>
       </c>
-      <c r="F8" s="5">
+      <c r="G8" s="5">
         <v>537</v>
       </c>
-      <c r="G8" s="5">
+      <c r="H8" s="5">
         <v>559</v>
       </c>
-      <c r="H8" s="5">
+      <c r="I8" s="5">
         <v>511</v>
       </c>
-      <c r="I8" s="5">
+      <c r="J8" s="5">
         <v>492</v>
       </c>
-      <c r="J8" s="5">
+      <c r="K8" s="5">
         <v>542</v>
       </c>
-      <c r="K8" s="5">
+      <c r="L8" s="5">
         <v>548</v>
       </c>
-      <c r="L8" s="5">
+      <c r="M8" s="5">
         <v>501</v>
       </c>
-      <c r="M8" s="5">
+      <c r="N8" s="5">
         <v>502</v>
       </c>
-      <c r="N8" s="5">
+      <c r="O8" s="5">
         <v>475</v>
       </c>
-      <c r="O8" s="5">
+      <c r="P8" s="5">
         <v>457</v>
       </c>
-      <c r="P8" s="5">
+      <c r="Q8" s="5">
         <v>540</v>
       </c>
-      <c r="Q8" s="5">
+      <c r="R8" s="5">
         <v>474</v>
       </c>
-      <c r="R8" s="5">
+      <c r="S8" s="5">
         <v>573</v>
       </c>
-      <c r="S8" s="4">
+      <c r="T8" s="4">
         <v>437</v>
       </c>
-      <c r="T8" s="4">
+      <c r="U8" s="4">
         <v>408</v>
       </c>
-      <c r="U8" s="4">
+      <c r="V8" s="4">
         <v>420</v>
       </c>
-      <c r="V8" s="4">
+      <c r="W8" s="4">
         <v>457</v>
       </c>
-      <c r="W8" s="4">
+      <c r="X8" s="4">
         <v>422</v>
       </c>
-      <c r="X8" s="4">
+      <c r="Y8" s="4">
         <v>424</v>
       </c>
-      <c r="Y8" s="4">
+      <c r="Z8" s="4">
         <v>397</v>
       </c>
-      <c r="Z8" s="4">
+      <c r="AA8" s="4">
         <v>426</v>
       </c>
-      <c r="AA8" s="5">
+      <c r="AB8" s="5">
         <v>525</v>
       </c>
-      <c r="AB8" s="5">
+      <c r="AC8" s="5">
         <v>482</v>
       </c>
-      <c r="AC8" s="5">
+      <c r="AD8" s="5">
         <v>518</v>
       </c>
-      <c r="AD8" s="5">
+      <c r="AE8" s="5">
         <v>576</v>
       </c>
-      <c r="AE8" s="5">
+      <c r="AF8" s="5">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C9" s="5">
         <v>120</v>
       </c>
       <c r="D9" s="5">
         <v>120</v>
       </c>
       <c r="E9" s="5">
         <v>120</v>
       </c>
       <c r="F9" s="5">
         <v>120</v>
       </c>
       <c r="G9" s="5">
         <v>120</v>
       </c>
       <c r="H9" s="5">
         <v>120</v>
       </c>
       <c r="I9" s="5">
@@ -1268,102 +1271,102 @@
       </c>
       <c r="K9" s="5">
         <v>120</v>
       </c>
       <c r="L9" s="5">
         <v>120</v>
       </c>
       <c r="M9" s="5">
         <v>120</v>
       </c>
       <c r="N9" s="5">
         <v>120</v>
       </c>
       <c r="O9" s="5">
         <v>120</v>
       </c>
       <c r="P9" s="5">
         <v>120</v>
       </c>
       <c r="Q9" s="5">
         <v>120</v>
       </c>
       <c r="R9" s="5">
         <v>120</v>
       </c>
-      <c r="S9" s="7">
-        <v>100</v>
+      <c r="S9" s="5">
+        <v>120</v>
       </c>
       <c r="T9" s="7">
         <v>100</v>
       </c>
       <c r="U9" s="7">
         <v>100</v>
       </c>
       <c r="V9" s="7">
         <v>100</v>
       </c>
       <c r="W9" s="7">
         <v>100</v>
       </c>
       <c r="X9" s="7">
         <v>100</v>
       </c>
       <c r="Y9" s="7">
         <v>100</v>
       </c>
       <c r="Z9" s="7">
         <v>100</v>
       </c>
-      <c r="AA9" s="5">
-        <v>120</v>
+      <c r="AA9" s="7">
+        <v>100</v>
       </c>
       <c r="AB9" s="5">
         <v>120</v>
       </c>
       <c r="AC9" s="5">
         <v>120</v>
       </c>
       <c r="AD9" s="5">
         <v>120</v>
       </c>
       <c r="AE9" s="5">
         <v>120</v>
       </c>
       <c r="AF9" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B11" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" s="7" t="s">
         <v>53</v>
       </c>
       <c r="E11" s="7" t="s">
         <v>54</v>
       </c>
       <c r="F11" s="7" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C12" s="5">
         <v>475</v>
       </c>
       <c r="D12" s="5">
         <v>489</v>
       </c>
       <c r="E12" s="5">
         <v>530</v>
       </c>
       <c r="F12" s="5">
@@ -1385,99 +1388,99 @@
       </c>
       <c r="F13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>56</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>57</v>
       </c>
       <c r="E15" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>58</v>
       </c>
       <c r="G15" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>59</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>60</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>62</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>63</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>64</v>
       </c>
       <c r="N15" s="7" t="s">
         <v>65</v>
       </c>
       <c r="O15" s="7" t="s">
         <v>66</v>
       </c>
       <c r="P15" s="7" t="s">
         <v>67</v>
       </c>
       <c r="Q15" s="7" t="s">
         <v>6</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>7</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>68</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>11</v>
       </c>
       <c r="U15" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>69</v>
       </c>
       <c r="W15" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>70</v>
       </c>
       <c r="Y15" s="7" t="s">
         <v>71</v>
       </c>
       <c r="Z15" s="7" t="s">
         <v>72</v>
       </c>
       <c r="AA15" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AB15" s="7" t="s">
         <v>74</v>
       </c>
       <c r="AC15" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AD15" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AE15" s="7" t="s">
         <v>77</v>
       </c>
@@ -1685,93 +1688,93 @@
       <c r="C19" s="7" t="s">
         <v>61</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>62</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>80</v>
       </c>
       <c r="F19" s="7" t="s">
         <v>81</v>
       </c>
       <c r="G19" s="7" t="s">
         <v>82</v>
       </c>
       <c r="H19" s="7" t="s">
         <v>83</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>84</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>55</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="N19" s="7" t="s">
         <v>85</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>86</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Q19" s="7" t="s">
         <v>87</v>
       </c>
       <c r="R19" s="7" t="s">
         <v>88</v>
       </c>
       <c r="S19" s="7" t="s">
         <v>11</v>
       </c>
       <c r="T19" s="7" t="s">
         <v>12</v>
       </c>
       <c r="U19" s="7" t="s">
         <v>89</v>
       </c>
       <c r="V19" s="7" t="s">
         <v>13</v>
       </c>
       <c r="W19" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="Y19" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="Z19" s="7" t="s">
         <v>90</v>
       </c>
       <c r="AA19" s="7" t="s">
         <v>91</v>
       </c>
       <c r="AB19" s="7" t="s">
         <v>69</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>92</v>
       </c>
       <c r="AD19" s="7" t="s">
         <v>18</v>
       </c>
       <c r="AE19" s="7" t="s">
         <v>93</v>
       </c>
       <c r="AF19" s="7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
@@ -1955,51 +1958,51 @@
       </c>
       <c r="AD21" s="5">
         <v>120</v>
       </c>
       <c r="AE21" s="5">
         <v>120</v>
       </c>
       <c r="AF21" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>57</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>58</v>
       </c>
       <c r="E23" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>95</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>60</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>63</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>96</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>97</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>66</v>
       </c>
       <c r="M23" s="7" t="s">
         <v>5</v>
       </c>
@@ -2168,60 +2171,60 @@
       <c r="E27" s="7" t="s">
         <v>59</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>95</v>
       </c>
       <c r="G27" s="7" t="s">
         <v>62</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>63</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>80</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>96</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>65</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>68</v>
       </c>
       <c r="M27" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N27" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>69</v>
       </c>
       <c r="P27" s="7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q27" s="7" t="s">
         <v>100</v>
       </c>
       <c r="R27" s="7" t="s">
         <v>17</v>
       </c>
       <c r="S27" s="7" t="s">
         <v>72</v>
       </c>
       <c r="T27" s="7" t="s">
         <v>101</v>
       </c>
       <c r="U27" s="7" t="s">
         <v>78</v>
       </c>
       <c r="V27" s="7" t="s">
         <v>21</v>
       </c>
       <c r="W27" s="7" t="s">
         <v>102</v>
       </c>
       <c r="X27" s="7" t="s">
         <v>103</v>
       </c>
@@ -2387,51 +2390,51 @@
       </c>
       <c r="Y29" s="5">
         <v>120</v>
       </c>
       <c r="Z29" s="5">
         <v>120</v>
       </c>
       <c r="AA29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>57</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>58</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="F31" s="7" t="s">
         <v>59</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>95</v>
       </c>
       <c r="H31" s="7" t="s">
         <v>60</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>62</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>63</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>64</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>81</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>96</v>
       </c>
@@ -2450,57 +2453,57 @@
       <c r="R31" s="7" t="s">
         <v>67</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>6</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>98</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>7</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>8</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>9</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>11</v>
       </c>
       <c r="Y31" s="7" t="s">
         <v>13</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C32" s="4">
         <v>401</v>
       </c>
       <c r="D32" s="4">
         <v>380</v>
       </c>
       <c r="E32" s="4">
         <v>427</v>
       </c>
       <c r="F32" s="4">
         <v>406</v>
       </c>
       <c r="G32" s="4">
         <v>408</v>
       </c>
       <c r="H32" s="4">
@@ -2660,105 +2663,105 @@
       <c r="A35" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>109</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>82</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>83</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>84</v>
       </c>
       <c r="G39" s="7" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>110</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>85</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>86</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>8</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>111</v>
       </c>
       <c r="Q39" s="7" t="s">
         <v>12</v>
       </c>
       <c r="R39" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="U39" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C40" s="5">
         <v>459</v>
       </c>
       <c r="D40" s="5">
         <v>510</v>
       </c>
       <c r="E40" s="5">
         <v>529</v>
       </c>
       <c r="F40" s="5">
         <v>468</v>
       </c>
       <c r="G40" s="5">
         <v>524</v>
       </c>
       <c r="H40" s="5">
@@ -2888,51 +2891,51 @@
     <row r="45" spans="1:32">
       <c r="B45" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>113</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>3</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>57</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>4</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>58</v>
       </c>
       <c r="G47" s="7" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>95</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>60</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K47" s="7" t="s">
         <v>62</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>63</v>
       </c>
       <c r="M47" s="7" t="s">
         <v>64</v>
       </c>
       <c r="N47" s="7" t="s">
         <v>80</v>
       </c>
       <c r="O47" s="7" t="s">
         <v>81</v>
       </c>
@@ -2951,60 +2954,60 @@
       <c r="T47" s="7" t="s">
         <v>98</v>
       </c>
       <c r="U47" s="7" t="s">
         <v>7</v>
       </c>
       <c r="V47" s="7" t="s">
         <v>68</v>
       </c>
       <c r="W47" s="7" t="s">
         <v>8</v>
       </c>
       <c r="X47" s="7" t="s">
         <v>9</v>
       </c>
       <c r="Y47" s="7" t="s">
         <v>10</v>
       </c>
       <c r="Z47" s="7" t="s">
         <v>12</v>
       </c>
       <c r="AA47" s="7" t="s">
         <v>13</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="AC47" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AE47" s="7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AF47" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C48" s="4">
         <v>389</v>
       </c>
       <c r="D48" s="4">
         <v>425</v>
       </c>
       <c r="E48" s="4">
         <v>438</v>
       </c>
       <c r="F48" s="4">
         <v>474</v>
       </c>
       <c r="G48" s="4">
         <v>434</v>
       </c>
       <c r="H48" s="4">
@@ -3200,54 +3203,54 @@
       <c r="G51" s="7" t="s">
         <v>61</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>80</v>
       </c>
       <c r="I51" s="7" t="s">
         <v>81</v>
       </c>
       <c r="J51" s="7" t="s">
         <v>97</v>
       </c>
       <c r="K51" s="7" t="s">
         <v>66</v>
       </c>
       <c r="L51" s="7" t="s">
         <v>5</v>
       </c>
       <c r="M51" s="7" t="s">
         <v>6</v>
       </c>
       <c r="N51" s="7" t="s">
         <v>9</v>
       </c>
       <c r="O51" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="P51" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="Q51" s="7" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C52" s="4">
         <v>381</v>
       </c>
       <c r="D52" s="4">
         <v>443</v>
       </c>
       <c r="E52" s="4">
         <v>356</v>
       </c>
       <c r="F52" s="4">
         <v>405</v>
       </c>
       <c r="G52" s="4">
         <v>367</v>
       </c>
       <c r="H52" s="4">
@@ -3350,66 +3353,66 @@
       <c r="F55" s="7" t="s">
         <v>55</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>86</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>10</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>111</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>11</v>
       </c>
       <c r="K55" s="7" t="s">
         <v>12</v>
       </c>
       <c r="L55" s="7" t="s">
         <v>118</v>
       </c>
       <c r="M55" s="7" t="s">
         <v>100</v>
       </c>
       <c r="N55" s="7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="O55" s="7" t="s">
         <v>70</v>
       </c>
       <c r="P55" s="7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="Q55" s="7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>51</v>
+        <v>119</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="T55" s="7" t="s">
         <v>16</v>
       </c>
       <c r="U55" s="7" t="s">
         <v>71</v>
       </c>
       <c r="V55" s="7" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>23</v>
       </c>
       <c r="C56" s="5">
         <v>506</v>
       </c>
       <c r="D56" s="5">
         <v>522</v>
       </c>
       <c r="E56" s="5">
         <v>530</v>
       </c>
       <c r="F56" s="5">