--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="163">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="164">
   <si>
     <t>Výsledky hráčů družstva KC Hodonín na kuželně Ratíškovice</t>
   </si>
   <si>
     <t>Jan Popelár</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>24.2.2019</t>
   </si>
   <si>
     <t>10.2.2019</t>
   </si>
   <si>
     <t>20.1.2019</t>
   </si>
   <si>
     <t>29.11.2018</t>
   </si>
   <si>
     <t>18.11.2018</t>
   </si>
   <si>
@@ -206,50 +206,53 @@
   <si>
     <t>9.2.2020</t>
   </si>
   <si>
     <t>17.11.2019</t>
   </si>
   <si>
     <t>6.10.2019</t>
   </si>
   <si>
     <t>29.9.2019</t>
   </si>
   <si>
     <t>15.9.2019</t>
   </si>
   <si>
     <t>7.4.2019</t>
   </si>
   <si>
     <t>24.3.2019</t>
   </si>
   <si>
     <t>Pavel Slavík</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>30.10.2025</t>
   </si>
   <si>
     <t>26.9.2025</t>
   </si>
   <si>
     <t>7.3.2025</t>
   </si>
   <si>
     <t>28.2.2025</t>
   </si>
   <si>
     <t>7.2.2025</t>
   </si>
   <si>
     <t>17.1.2025</t>
   </si>
   <si>
     <t>6.12.2024</t>
   </si>
   <si>
     <t>22.11.2024</t>
@@ -293,108 +296,108 @@
   <si>
     <t>16.9.2023</t>
   </si>
   <si>
     <t>14.4.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
     <t>11.11.2022</t>
   </si>
   <si>
     <t>14.10.2022</t>
   </si>
   <si>
     <t>7.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
+    <t>Michal Zdražil</t>
+  </si>
+  <si>
+    <t>28.11.2025</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>24.10.2025</t>
+  </si>
+  <si>
+    <t>29.3.2025</t>
+  </si>
+  <si>
+    <t>30.11.2024</t>
+  </si>
+  <si>
+    <t>9.11.2024</t>
+  </si>
+  <si>
+    <t>26.10.2024</t>
+  </si>
+  <si>
+    <t>13.4.2024</t>
+  </si>
+  <si>
+    <t>16.3.2024</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>17.2.2024</t>
+  </si>
+  <si>
+    <t>20.1.2024</t>
+  </si>
+  <si>
+    <t>12.1.2024</t>
+  </si>
+  <si>
+    <t>15.4.2023</t>
+  </si>
+  <si>
+    <t>25.3.2023</t>
+  </si>
+  <si>
+    <t>24.3.2023</t>
+  </si>
+  <si>
+    <t>11.3.2023</t>
+  </si>
+  <si>
+    <t>18.2.2023</t>
+  </si>
+  <si>
     <t>9.9.2022</t>
-  </si>
-[...55 lines deleted...]
-    <t>18.2.2023</t>
   </si>
   <si>
     <t>1.4.2022</t>
   </si>
   <si>
     <t>18.3.2022</t>
   </si>
   <si>
     <t>Radovan Kadlec</t>
   </si>
   <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>28.3.2025</t>
   </si>
   <si>
     <t>21.3.2025</t>
   </si>
   <si>
     <t>9.3.2024</t>
   </si>
   <si>
     <t>1.12.2023</t>
   </si>
@@ -1885,138 +1888,138 @@
       </c>
       <c r="AA23" s="6" t="s">
         <v>88</v>
       </c>
       <c r="AB23" s="6" t="s">
         <v>89</v>
       </c>
       <c r="AC23" s="6" t="s">
         <v>90</v>
       </c>
       <c r="AD23" s="6" t="s">
         <v>91</v>
       </c>
       <c r="AE23" s="6" t="s">
         <v>92</v>
       </c>
       <c r="AF23" s="6" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C24" s="4">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D24" s="4">
         <v>436</v>
       </c>
       <c r="E24" s="4">
+        <v>436</v>
+      </c>
+      <c r="F24" s="4">
         <v>433</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>437</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>469</v>
       </c>
       <c r="I24" s="4">
         <v>469</v>
       </c>
       <c r="J24" s="4">
+        <v>469</v>
+      </c>
+      <c r="K24" s="4">
         <v>442</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>418</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>461</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>443</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>423</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>405</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>477</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>432</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>395</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>460</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="U24" s="4">
         <v>437</v>
       </c>
       <c r="V24" s="4">
+        <v>437</v>
+      </c>
+      <c r="W24" s="4">
         <v>435</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>386</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>421</v>
       </c>
-      <c r="Y24" s="7">
+      <c r="Z24" s="7">
         <v>520</v>
       </c>
-      <c r="Z24" s="7">
+      <c r="AA24" s="7">
         <v>478</v>
       </c>
-      <c r="AA24" s="7">
+      <c r="AB24" s="7">
         <v>571</v>
       </c>
-      <c r="AB24" s="7">
+      <c r="AC24" s="7">
         <v>495</v>
       </c>
-      <c r="AC24" s="7">
+      <c r="AD24" s="7">
         <v>464</v>
       </c>
-      <c r="AD24" s="7">
+      <c r="AE24" s="7">
         <v>527</v>
       </c>
-      <c r="AE24" s="7">
+      <c r="AF24" s="7">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
@@ -2045,52 +2048,52 @@
       </c>
       <c r="Q25" s="6">
         <v>100</v>
       </c>
       <c r="R25" s="6">
         <v>100</v>
       </c>
       <c r="S25" s="6">
         <v>100</v>
       </c>
       <c r="T25" s="6">
         <v>100</v>
       </c>
       <c r="U25" s="6">
         <v>100</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="6">
         <v>100</v>
       </c>
       <c r="X25" s="6">
         <v>100</v>
       </c>
-      <c r="Y25" s="7">
-        <v>120</v>
+      <c r="Y25" s="6">
+        <v>100</v>
       </c>
       <c r="Z25" s="7">
         <v>120</v>
       </c>
       <c r="AA25" s="7">
         <v>120</v>
       </c>
       <c r="AB25" s="7">
         <v>120</v>
       </c>
       <c r="AC25" s="7">
         <v>120</v>
       </c>
       <c r="AD25" s="7">
         <v>120</v>
       </c>
       <c r="AE25" s="7">
         <v>120</v>
       </c>
       <c r="AF25" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
@@ -2117,96 +2120,96 @@
       <c r="H27" s="6" t="s">
         <v>100</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>101</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>102</v>
       </c>
       <c r="K27" s="6" t="s">
         <v>103</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>104</v>
       </c>
       <c r="M27" s="6" t="s">
         <v>105</v>
       </c>
       <c r="N27" s="6" t="s">
         <v>106</v>
       </c>
       <c r="O27" s="6" t="s">
         <v>107</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>108</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>109</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>110</v>
       </c>
       <c r="V27" s="6" t="s">
         <v>111</v>
       </c>
       <c r="W27" s="6" t="s">
         <v>112</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>93</v>
+        <v>113</v>
       </c>
       <c r="AD27" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AF27" s="6" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C28" s="4">
         <v>396</v>
       </c>
       <c r="D28" s="4">
         <v>400</v>
       </c>
       <c r="E28" s="4">
         <v>413</v>
       </c>
       <c r="F28" s="4">
         <v>396</v>
       </c>
       <c r="G28" s="4">
         <v>396</v>
       </c>
       <c r="H28" s="4">
@@ -2360,339 +2363,339 @@
       </c>
       <c r="Z29" s="7">
         <v>120</v>
       </c>
       <c r="AA29" s="7">
         <v>120</v>
       </c>
       <c r="AB29" s="7">
         <v>120</v>
       </c>
       <c r="AC29" s="7">
         <v>120</v>
       </c>
       <c r="AD29" s="7">
         <v>120</v>
       </c>
       <c r="AE29" s="7">
         <v>120</v>
       </c>
       <c r="AF29" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="D31" s="6" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>65</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>66</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>116</v>
+        <v>67</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>117</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>118</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>68</v>
+        <v>119</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>74</v>
       </c>
       <c r="M31" s="6" t="s">
         <v>75</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>119</v>
+        <v>76</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>77</v>
+        <v>120</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>120</v>
+        <v>80</v>
       </c>
       <c r="R31" s="6" t="s">
         <v>121</v>
       </c>
       <c r="S31" s="6" t="s">
         <v>122</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>123</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>124</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>125</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>86</v>
+        <v>126</v>
       </c>
       <c r="X31" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y31" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="Y31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z31" s="6" t="s">
-        <v>87</v>
+        <v>127</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>127</v>
+        <v>88</v>
       </c>
       <c r="AB31" s="6" t="s">
         <v>128</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>88</v>
+        <v>129</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>129</v>
+        <v>89</v>
       </c>
       <c r="AE31" s="6" t="s">
         <v>130</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>90</v>
+        <v>131</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="4">
+        <v>438</v>
+      </c>
+      <c r="D32" s="4">
         <v>457</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>456</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
       <c r="F32" s="4">
         <v>437</v>
       </c>
       <c r="G32" s="4">
+        <v>437</v>
+      </c>
+      <c r="H32" s="4">
         <v>458</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>421</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>469</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>408</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>458</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>445</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>432</v>
       </c>
-      <c r="N32" s="7">
+      <c r="O32" s="7">
         <v>524</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>462</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>410</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>444</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>450</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>425</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>438</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>446</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>422</v>
-      </c>
-[...1 lines deleted...]
-        <v>513</v>
       </c>
       <c r="X32" s="7">
         <v>513</v>
       </c>
       <c r="Y32" s="7">
+        <v>513</v>
+      </c>
+      <c r="Z32" s="7">
         <v>537</v>
       </c>
-      <c r="Z32" s="7">
+      <c r="AA32" s="7">
         <v>565</v>
       </c>
-      <c r="AA32" s="7">
+      <c r="AB32" s="7">
         <v>557</v>
       </c>
-      <c r="AB32" s="7">
+      <c r="AC32" s="7">
         <v>516</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
       <c r="AD32" s="7">
         <v>523</v>
       </c>
       <c r="AE32" s="7">
+        <v>523</v>
+      </c>
+      <c r="AF32" s="7">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>520</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
       <c r="L33" s="6">
         <v>100</v>
       </c>
       <c r="M33" s="6">
         <v>100</v>
       </c>
-      <c r="N33" s="7">
+      <c r="N33" s="6">
+        <v>100</v>
+      </c>
+      <c r="O33" s="7">
         <v>120</v>
       </c>
-      <c r="O33" s="6">
-[...1 lines deleted...]
-      </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
       <c r="Q33" s="6">
         <v>100</v>
       </c>
       <c r="R33" s="6">
         <v>100</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
       <c r="U33" s="6">
         <v>100</v>
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
-      <c r="W33" s="7">
-        <v>120</v>
+      <c r="W33" s="6">
+        <v>100</v>
       </c>
       <c r="X33" s="7">
         <v>120</v>
       </c>
       <c r="Y33" s="7">
         <v>120</v>
       </c>
       <c r="Z33" s="7">
         <v>120</v>
       </c>
       <c r="AA33" s="7">
         <v>120</v>
       </c>
       <c r="AB33" s="7">
         <v>120</v>
       </c>
       <c r="AC33" s="7">
         <v>120</v>
       </c>
       <c r="AD33" s="7">
         <v>120</v>
       </c>
       <c r="AE33" s="7">
         <v>120</v>
       </c>
       <c r="AF33" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>54</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>49</v>
       </c>
       <c r="E35" s="6" t="s">
         <v>50</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>51</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>3</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>4</v>
       </c>
@@ -2783,144 +2786,144 @@
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
       <c r="K37" s="6">
         <v>100</v>
       </c>
       <c r="L37" s="6">
         <v>100</v>
       </c>
       <c r="M37" s="6">
         <v>100</v>
       </c>
       <c r="N37" s="6">
         <v>100</v>
       </c>
       <c r="O37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>98</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I39" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>100</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>101</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="M39" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="N39" s="6" t="s">
         <v>102</v>
       </c>
       <c r="O39" s="6" t="s">
         <v>103</v>
       </c>
       <c r="P39" s="6" t="s">
         <v>104</v>
       </c>
       <c r="Q39" s="6" t="s">
         <v>105</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>106</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="X39" s="6" t="s">
         <v>108</v>
       </c>
       <c r="Y39" s="6" t="s">
         <v>109</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>111</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="AB39" s="6" t="s">
         <v>112</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="AF39" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C40" s="4">
         <v>436</v>
       </c>
       <c r="D40" s="4">
         <v>429</v>
       </c>
       <c r="E40" s="4">
         <v>417</v>
       </c>
       <c r="F40" s="4">
         <v>458</v>
       </c>
       <c r="G40" s="4">
         <v>420</v>
       </c>
       <c r="H40" s="4">
         <v>431</v>
       </c>
       <c r="I40" s="4">
@@ -3071,129 +3074,129 @@
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
         <v>98</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="E43" s="6" t="s">
         <v>99</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G43" s="6" t="s">
         <v>100</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>102</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>104</v>
       </c>
       <c r="K43" s="6" t="s">
         <v>106</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>112</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>17</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="AB43" s="6" t="s">
         <v>49</v>
       </c>
       <c r="AC43" s="6" t="s">
         <v>61</v>
       </c>
       <c r="AD43" s="6" t="s">
         <v>50</v>
       </c>
       <c r="AE43" s="6" t="s">
         <v>62</v>
       </c>
       <c r="AF43" s="6" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C44" s="4">
         <v>375</v>
       </c>
       <c r="D44" s="4">
@@ -3359,72 +3362,72 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>18</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>23</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>53</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>56</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>48</v>
       </c>
@@ -3557,51 +3560,51 @@
       </c>
       <c r="P49" s="6">
         <v>100</v>
       </c>
       <c r="Q49" s="6">
         <v>100</v>
       </c>
       <c r="R49" s="6">
         <v>100</v>
       </c>
       <c r="S49" s="6">
         <v>100</v>
       </c>
       <c r="T49" s="6">
         <v>100</v>
       </c>
       <c r="U49" s="6">
         <v>100</v>
       </c>
       <c r="V49" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="B51" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="1" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="1" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>