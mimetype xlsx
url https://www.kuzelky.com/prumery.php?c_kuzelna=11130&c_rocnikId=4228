--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -662,87 +662,87 @@
   <si>
     <t>4.11.2018</t>
   </si>
   <si>
     <t>9.9.2018</t>
   </si>
   <si>
     <t>Tomáš Koplík st.</t>
   </si>
   <si>
     <t>24.10.2025</t>
   </si>
   <si>
     <t>13.10.2023</t>
   </si>
   <si>
     <t>1.11.2019</t>
   </si>
   <si>
     <t>29.3.2019</t>
   </si>
   <si>
     <t>Zdeněk Helešic</t>
   </si>
   <si>
+    <t>5.12.2025</t>
+  </si>
+  <si>
     <t>4.4.2025</t>
   </si>
   <si>
     <t>8.11.2024</t>
   </si>
   <si>
     <t>27.9.2024</t>
   </si>
   <si>
     <t>12.4.2024</t>
   </si>
   <si>
     <t>8.3.2024</t>
   </si>
   <si>
     <t>19.1.2024</t>
   </si>
   <si>
     <t>3.11.2023</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>14.4.2023</t>
   </si>
   <si>
     <t>24.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>2.12.2022</t>
-  </si>
-[...1 lines deleted...]
-    <t>11.11.2022</t>
   </si>
   <si>
     <t>Kateřina Příkaská</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -4727,233 +4727,233 @@
       </c>
       <c r="AB61" s="7">
         <v>120</v>
       </c>
       <c r="AC61" s="6">
         <v>100</v>
       </c>
       <c r="AD61" s="6">
         <v>100</v>
       </c>
       <c r="AE61" s="6">
         <v>100</v>
       </c>
       <c r="AF61" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
         <v>215</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="D63" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="D63" s="6" t="s">
+      <c r="E63" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="E63" s="6" t="s">
+      <c r="F63" s="6" t="s">
         <v>131</v>
       </c>
-      <c r="F63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G63" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="H63" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="H63" s="6" t="s">
+      <c r="I63" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I63" s="6" t="s">
+      <c r="J63" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="J63" s="6" t="s">
+      <c r="K63" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="K63" s="6" t="s">
+      <c r="L63" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="M63" s="6" t="s">
+      <c r="N63" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="N63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O63" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="P63" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>218</v>
       </c>
       <c r="Q63" s="6" t="s">
         <v>219</v>
       </c>
       <c r="R63" s="6" t="s">
         <v>220</v>
       </c>
       <c r="S63" s="6" t="s">
+        <v>221</v>
+      </c>
+      <c r="T63" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="T63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U63" s="6" t="s">
+        <v>222</v>
+      </c>
+      <c r="V63" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="V63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W63" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="X63" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="X63" s="6" t="s">
+      <c r="Y63" s="6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
       <c r="Z63" s="6" t="s">
         <v>224</v>
       </c>
       <c r="AA63" s="6" t="s">
         <v>225</v>
       </c>
       <c r="AB63" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="AC63" s="6" t="s">
         <v>51</v>
       </c>
-      <c r="AC63" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD63" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="AE63" s="6" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>227</v>
       </c>
       <c r="AF63" s="6" t="s">
         <v>228</v>
       </c>
     </row>
     <row r="64" spans="1:32">
       <c r="B64" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C64" s="4">
+        <v>419</v>
+      </c>
+      <c r="D64" s="4">
         <v>446</v>
       </c>
-      <c r="D64" s="4">
+      <c r="E64" s="4">
         <v>467</v>
       </c>
-      <c r="E64" s="4">
+      <c r="F64" s="4">
         <v>423</v>
       </c>
-      <c r="F64" s="4">
+      <c r="G64" s="4">
         <v>455</v>
       </c>
-      <c r="G64" s="4">
+      <c r="H64" s="4">
         <v>434</v>
       </c>
-      <c r="H64" s="4">
+      <c r="I64" s="4">
         <v>422</v>
       </c>
-      <c r="I64" s="4">
+      <c r="J64" s="4">
         <v>415</v>
       </c>
-      <c r="J64" s="4">
+      <c r="K64" s="4">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
       <c r="L64" s="4">
         <v>465</v>
       </c>
       <c r="M64" s="4">
+        <v>465</v>
+      </c>
+      <c r="N64" s="4">
         <v>422</v>
       </c>
-      <c r="N64" s="4">
+      <c r="O64" s="4">
         <v>399</v>
       </c>
-      <c r="O64" s="4">
+      <c r="P64" s="4">
         <v>450</v>
       </c>
-      <c r="P64" s="4">
+      <c r="Q64" s="4">
         <v>430</v>
       </c>
-      <c r="Q64" s="4">
+      <c r="R64" s="4">
         <v>417</v>
       </c>
-      <c r="R64" s="4">
+      <c r="S64" s="4">
         <v>404</v>
       </c>
-      <c r="S64" s="4">
+      <c r="T64" s="4">
         <v>433</v>
       </c>
-      <c r="T64" s="4">
+      <c r="U64" s="4">
         <v>409</v>
       </c>
-      <c r="U64" s="4">
+      <c r="V64" s="4">
         <v>444</v>
       </c>
-      <c r="V64" s="4">
+      <c r="W64" s="4">
         <v>473</v>
       </c>
-      <c r="W64" s="4">
+      <c r="X64" s="4">
         <v>479</v>
       </c>
-      <c r="X64" s="4">
+      <c r="Y64" s="4">
         <v>467</v>
       </c>
-      <c r="Y64" s="4">
+      <c r="Z64" s="4">
         <v>441</v>
       </c>
-      <c r="Z64" s="7">
+      <c r="AA64" s="7">
         <v>536</v>
       </c>
-      <c r="AA64" s="7">
+      <c r="AB64" s="7">
         <v>521</v>
       </c>
-      <c r="AB64" s="7">
+      <c r="AC64" s="7">
         <v>505</v>
       </c>
-      <c r="AC64" s="7">
+      <c r="AD64" s="7">
         <v>540</v>
       </c>
-      <c r="AD64" s="7">
+      <c r="AE64" s="7">
         <v>536</v>
       </c>
-      <c r="AE64" s="7">
+      <c r="AF64" s="7">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="65" spans="1:32">
       <c r="B65" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C65" s="6">
         <v>100</v>
       </c>
       <c r="D65" s="6">
         <v>100</v>
       </c>
       <c r="E65" s="6">
         <v>100</v>
       </c>
       <c r="F65" s="6">
         <v>100</v>
       </c>
       <c r="G65" s="6">
         <v>100</v>
       </c>
       <c r="H65" s="6">
         <v>100</v>
       </c>
       <c r="I65" s="6">
@@ -4985,52 +4985,52 @@
       </c>
       <c r="R65" s="6">
         <v>100</v>
       </c>
       <c r="S65" s="6">
         <v>100</v>
       </c>
       <c r="T65" s="6">
         <v>100</v>
       </c>
       <c r="U65" s="6">
         <v>100</v>
       </c>
       <c r="V65" s="6">
         <v>100</v>
       </c>
       <c r="W65" s="6">
         <v>100</v>
       </c>
       <c r="X65" s="6">
         <v>100</v>
       </c>
       <c r="Y65" s="6">
         <v>100</v>
       </c>
-      <c r="Z65" s="7">
-        <v>120</v>
+      <c r="Z65" s="6">
+        <v>100</v>
       </c>
       <c r="AA65" s="7">
         <v>120</v>
       </c>
       <c r="AB65" s="7">
         <v>120</v>
       </c>
       <c r="AC65" s="7">
         <v>120</v>
       </c>
       <c r="AD65" s="7">
         <v>120</v>
       </c>
       <c r="AE65" s="7">
         <v>120</v>
       </c>
       <c r="AF65" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:32">
       <c r="A67" s="2" t="s">
         <v>229</v>
       </c>
       <c r="B67" s="5" t="s">