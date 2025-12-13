--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>Výsledky hráčů družstva KK Slavoj Žirovnice  na kuželně Žirovnice</t>
   </si>
   <si>
     <t>František Kožich</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
@@ -179,50 +179,53 @@
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>12.10.2019</t>
   </si>
   <si>
     <t>Tomáš Váňa</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>1.3.2025</t>
   </si>
   <si>
     <t>5.10.2024</t>
@@ -239,132 +242,132 @@
   <si>
     <t>18.11.2023</t>
   </si>
   <si>
     <t>4.11.2023</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>14.10.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>3.3.2023</t>
   </si>
   <si>
     <t>17.2.2023</t>
   </si>
   <si>
     <t>3.2.2023</t>
   </si>
   <si>
+    <t>Pavel Ryšavý</t>
+  </si>
+  <si>
+    <t>Libor Kočovský</t>
+  </si>
+  <si>
+    <t>Jakub Kožich</t>
+  </si>
+  <si>
+    <t>15.9.2018</t>
+  </si>
+  <si>
+    <t>14.4.2018</t>
+  </si>
+  <si>
+    <t>3.3.2018</t>
+  </si>
+  <si>
+    <t>17.2.2018</t>
+  </si>
+  <si>
+    <t>25.11.2017</t>
+  </si>
+  <si>
+    <t>18.11.2017</t>
+  </si>
+  <si>
+    <t>4.11.2017</t>
+  </si>
+  <si>
+    <t>21.10.2017</t>
+  </si>
+  <si>
+    <t>16.9.2017</t>
+  </si>
+  <si>
+    <t>Patrik Solař</t>
+  </si>
+  <si>
+    <t>David Švéda</t>
+  </si>
+  <si>
+    <t>Daniel Bašta</t>
+  </si>
+  <si>
+    <t>7.11.2025</t>
+  </si>
+  <si>
+    <t>19.9.2025</t>
+  </si>
+  <si>
+    <t>14.3.2025</t>
+  </si>
+  <si>
+    <t>14.2.2025</t>
+  </si>
+  <si>
+    <t>20.9.2024</t>
+  </si>
+  <si>
+    <t>1.3.2024</t>
+  </si>
+  <si>
+    <t>19.1.2024</t>
+  </si>
+  <si>
+    <t>23.11.2023</t>
+  </si>
+  <si>
+    <t>27.10.2023</t>
+  </si>
+  <si>
+    <t>20.10.2023</t>
+  </si>
+  <si>
+    <t>6.10.2023</t>
+  </si>
+  <si>
+    <t>15.9.2023</t>
+  </si>
+  <si>
     <t>13.1.2023</t>
-  </si>
-[...79 lines deleted...]
-    <t>15.9.2023</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>14.10.2022</t>
   </si>
   <si>
     <t>23.9.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>4.2.2022</t>
   </si>
   <si>
     <t>3.12.2021</t>
   </si>
   <si>
     <t>15.10.2021</t>
   </si>
   <si>
     <t>25.9.2021</t>
   </si>
@@ -1457,209 +1460,209 @@
       <c r="C11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="G11" s="6" t="s">
         <v>59</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>60</v>
       </c>
       <c r="I11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="J11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="K11" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="M11" s="6" t="s">
+      <c r="N11" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="P11" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="R11" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S11" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="T11" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="T11" s="6" t="s">
+      <c r="U11" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="U11" s="6" t="s">
+      <c r="V11" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="W11" s="6" t="s">
         <v>67</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AA11" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>72</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>73</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>74</v>
       </c>
       <c r="AF11" s="6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>507</v>
+      </c>
+      <c r="D12" s="4">
         <v>570</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>544</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>596</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>565</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>524</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>545</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>525</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
       <c r="L12" s="4">
         <v>561</v>
       </c>
       <c r="M12" s="4">
+        <v>561</v>
+      </c>
+      <c r="N12" s="4">
         <v>562</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>553</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>557</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>588</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>524</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>551</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>544</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>550</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>542</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>553</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>578</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>533</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>523</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>583</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>543</v>
       </c>
-      <c r="AB12" s="7">
+      <c r="AC12" s="7">
         <v>458</v>
       </c>
-      <c r="AC12" s="7">
+      <c r="AD12" s="7">
         <v>459</v>
       </c>
-      <c r="AD12" s="7">
+      <c r="AE12" s="7">
         <v>441</v>
       </c>
-      <c r="AE12" s="7">
+      <c r="AF12" s="7">
         <v>446</v>
-      </c>
-[...1 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1697,257 +1700,257 @@
       </c>
       <c r="T13" s="4">
         <v>120</v>
       </c>
       <c r="U13" s="4">
         <v>120</v>
       </c>
       <c r="V13" s="4">
         <v>120</v>
       </c>
       <c r="W13" s="4">
         <v>120</v>
       </c>
       <c r="X13" s="4">
         <v>120</v>
       </c>
       <c r="Y13" s="4">
         <v>120</v>
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
-      <c r="AB13" s="6">
-        <v>100</v>
+      <c r="AB13" s="4">
+        <v>120</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F15" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="G15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="G15" s="6" t="s">
+      <c r="H15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="H15" s="6" t="s">
+      <c r="I15" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I15" s="6" t="s">
+      <c r="J15" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="K15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="L15" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="M15" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="N15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O15" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="P15" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="P15" s="6" t="s">
+      <c r="Q15" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="S15" s="6" t="s">
         <v>67</v>
       </c>
       <c r="T15" s="6" t="s">
         <v>68</v>
       </c>
       <c r="U15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="V15" s="6" t="s">
         <v>70</v>
       </c>
       <c r="W15" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="X15" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="X15" s="6" t="s">
+      <c r="Y15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="Y15" s="6" t="s">
+      <c r="Z15" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Z15" s="6" t="s">
+      <c r="AA15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AA15" s="6" t="s">
+      <c r="AB15" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>573</v>
+      </c>
+      <c r="D16" s="4">
         <v>475</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>532</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>533</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>515</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>571</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>575</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>579</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>505</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>531</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>519</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>570</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>542</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>546</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>579</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>556</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>579</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>549</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>522</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="W16" s="4">
         <v>530</v>
       </c>
       <c r="X16" s="4">
+        <v>530</v>
+      </c>
+      <c r="Y16" s="4">
         <v>514</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>520</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>517</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>521</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>527</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>556</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>572</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -2030,212 +2033,212 @@
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D19" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E19" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>58</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>59</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>60</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>61</v>
       </c>
       <c r="J19" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="K19" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="K19" s="6" t="s">
+      <c r="L19" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="M19" s="6" t="s">
+      <c r="N19" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="O19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="P19" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="Q19" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="Q19" s="6" t="s">
+      <c r="R19" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S19" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="T19" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="T19" s="6" t="s">
+      <c r="U19" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="U19" s="6" t="s">
+      <c r="V19" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="W19" s="6" t="s">
         <v>67</v>
       </c>
       <c r="X19" s="6" t="s">
         <v>68</v>
       </c>
       <c r="Y19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Z19" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AA19" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AB19" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>592</v>
+      </c>
+      <c r="D20" s="4">
         <v>559</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>573</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>574</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>620</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>559</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>632</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>582</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>569</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>548</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>575</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>582</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>550</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>586</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>601</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>602</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>604</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>586</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>574</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>572</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>592</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>577</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>566</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>586</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>604</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>552</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>671</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>574</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>577</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2510,209 +2513,209 @@
       <c r="C27" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>58</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>59</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>60</v>
       </c>
       <c r="I27" s="6" t="s">
         <v>61</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="K27" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L27" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="M27" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N27" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="O27" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="O27" s="6" t="s">
+      <c r="P27" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="P27" s="6" t="s">
+      <c r="Q27" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="R27" s="6" t="s">
         <v>67</v>
       </c>
       <c r="S27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="T27" s="6" t="s">
         <v>69</v>
       </c>
       <c r="U27" s="6" t="s">
         <v>70</v>
       </c>
       <c r="V27" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="W27" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="W27" s="6" t="s">
+      <c r="X27" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="X27" s="6" t="s">
+      <c r="Y27" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Y27" s="6" t="s">
+      <c r="Z27" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="Z27" s="6" t="s">
+      <c r="AA27" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AA27" s="6" t="s">
+      <c r="AB27" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="AB27" s="6" t="s">
+      <c r="AC27" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AC27" s="6" t="s">
+      <c r="AD27" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AD27" s="6" t="s">
+      <c r="AE27" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="AE27" s="6" t="s">
+      <c r="AF27" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="4">
+        <v>576</v>
+      </c>
+      <c r="D28" s="4">
         <v>549</v>
       </c>
-      <c r="D28" s="4">
+      <c r="E28" s="4">
         <v>539</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>560</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>547</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>577</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>594</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>569</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>575</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>573</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>614</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>557</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>549</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>564</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>542</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>546</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>562</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>576</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>533</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>572</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>570</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>531</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>575</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>570</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>563</v>
       </c>
-      <c r="AA28" s="4">
+      <c r="AB28" s="4">
         <v>577</v>
       </c>
-      <c r="AB28" s="4">
+      <c r="AC28" s="4">
         <v>553</v>
       </c>
-      <c r="AC28" s="4">
+      <c r="AD28" s="4">
         <v>584</v>
       </c>
-      <c r="AD28" s="4">
+      <c r="AE28" s="4">
         <v>560</v>
       </c>
-      <c r="AE28" s="4">
+      <c r="AF28" s="4">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="4">
         <v>120</v>
       </c>
       <c r="D29" s="4">
         <v>120</v>
       </c>
       <c r="E29" s="4">
         <v>120</v>
       </c>
       <c r="F29" s="4">
         <v>120</v>
       </c>
       <c r="G29" s="4">
         <v>120</v>
       </c>
       <c r="H29" s="4">
         <v>120</v>
       </c>
       <c r="I29" s="4">
@@ -2798,209 +2801,209 @@
       <c r="C31" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E31" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F31" s="6" t="s">
         <v>58</v>
       </c>
       <c r="G31" s="6" t="s">
         <v>59</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>60</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>61</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="K31" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="L31" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="M31" s="6" t="s">
+      <c r="N31" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="N31" s="6" t="s">
+      <c r="O31" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Q31" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="R31" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S31" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="T31" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="T31" s="6" t="s">
+      <c r="U31" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="V31" s="6" t="s">
         <v>67</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>68</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>69</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>70</v>
       </c>
       <c r="Z31" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="AA31" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AA31" s="6" t="s">
+      <c r="AB31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AB31" s="6" t="s">
+      <c r="AC31" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AE31" s="6" t="s">
+      <c r="AF31" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
+        <v>555</v>
+      </c>
+      <c r="D32" s="4">
         <v>590</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>597</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>573</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>544</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>599</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>528</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>558</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>602</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>582</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>504</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>587</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>555</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>535</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>587</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>573</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="T32" s="4">
         <v>569</v>
       </c>
       <c r="U32" s="4">
+        <v>569</v>
+      </c>
+      <c r="V32" s="4">
         <v>524</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>523</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>595</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="Z32" s="4">
         <v>548</v>
       </c>
       <c r="AA32" s="4">
+        <v>548</v>
+      </c>
+      <c r="AB32" s="4">
         <v>578</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>611</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>547</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>593</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C33" s="4">
         <v>120</v>
       </c>
       <c r="D33" s="4">
         <v>120</v>
       </c>
       <c r="E33" s="4">
         <v>120</v>
       </c>
       <c r="F33" s="4">
         <v>120</v>
       </c>
       <c r="G33" s="4">
         <v>120</v>
       </c>
       <c r="H33" s="4">
         <v>120</v>
       </c>
       <c r="I33" s="4">
@@ -3065,135 +3068,135 @@
       </c>
       <c r="AC33" s="4">
         <v>120</v>
       </c>
       <c r="AD33" s="4">
         <v>120</v>
       </c>
       <c r="AE33" s="4">
         <v>120</v>
       </c>
       <c r="AF33" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>91</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>92</v>
       </c>
       <c r="G35" s="6" t="s">
         <v>93</v>
       </c>
       <c r="H35" s="6" t="s">
         <v>94</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>95</v>
       </c>
       <c r="J35" s="6" t="s">
         <v>96</v>
       </c>
       <c r="K35" s="6" t="s">
         <v>97</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>98</v>
       </c>
       <c r="M35" s="6" t="s">
         <v>99</v>
       </c>
       <c r="N35" s="6" t="s">
         <v>100</v>
       </c>
       <c r="O35" s="6" t="s">
         <v>101</v>
       </c>
       <c r="P35" s="6" t="s">
         <v>102</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AD35" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="7">
         <v>383</v>
       </c>
       <c r="D36" s="4">
         <v>549</v>
       </c>
       <c r="E36" s="4">
         <v>519</v>
       </c>
       <c r="F36" s="7">
         <v>432</v>
       </c>
       <c r="G36" s="7">
         <v>440</v>
       </c>
       <c r="H36" s="7">
         <v>394</v>
       </c>
       <c r="I36" s="7">
@@ -3344,432 +3347,432 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="4">
         <v>120</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="4">
         <v>120</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>115</v>
+        <v>55</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>55</v>
+        <v>116</v>
       </c>
       <c r="E39" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F39" s="6" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>117</v>
       </c>
       <c r="H39" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="I39" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="I39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J39" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="K39" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="K39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L39" s="6" t="s">
-        <v>119</v>
+        <v>63</v>
       </c>
       <c r="M39" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="N39" s="6" t="s">
         <v>94</v>
       </c>
-      <c r="N39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O39" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="P39" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="P39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Q39" s="6" t="s">
-        <v>63</v>
+        <v>122</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>122</v>
+        <v>64</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>64</v>
+        <v>123</v>
       </c>
       <c r="T39" s="6" t="s">
+        <v>65</v>
+      </c>
+      <c r="U39" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="U39" s="6" t="s">
+      <c r="V39" s="6" t="s">
         <v>95</v>
       </c>
-      <c r="V39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="W39" s="6" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="X39" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="Y39" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="Y39" s="6" t="s">
+      <c r="Z39" s="6" t="s">
         <v>97</v>
       </c>
-      <c r="Z39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA39" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB39" s="6" t="s">
         <v>98</v>
       </c>
-      <c r="AB39" s="6" t="s">
+      <c r="AC39" s="6" t="s">
         <v>99</v>
       </c>
-      <c r="AC39" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AD39" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="AE39" s="6" t="s">
         <v>101</v>
       </c>
-      <c r="AE39" s="6" t="s">
+      <c r="AF39" s="6" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C40" s="7">
+      <c r="C40" s="4">
+        <v>516</v>
+      </c>
+      <c r="D40" s="7">
         <v>414</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>530</v>
       </c>
-      <c r="E40" s="7">
+      <c r="F40" s="7">
         <v>421</v>
       </c>
-      <c r="F40" s="7">
+      <c r="G40" s="7">
         <v>472</v>
       </c>
-      <c r="G40" s="7">
+      <c r="H40" s="7">
         <v>470</v>
       </c>
-      <c r="H40" s="7">
+      <c r="I40" s="7">
         <v>451</v>
       </c>
-      <c r="I40" s="7">
+      <c r="J40" s="7">
         <v>466</v>
       </c>
-      <c r="J40" s="7">
+      <c r="K40" s="7">
         <v>467</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>563</v>
       </c>
-      <c r="L40" s="7">
+      <c r="M40" s="7">
         <v>479</v>
       </c>
-      <c r="M40" s="7">
+      <c r="N40" s="7">
         <v>467</v>
       </c>
-      <c r="N40" s="7">
+      <c r="O40" s="7">
         <v>460</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>546</v>
       </c>
-      <c r="P40" s="7">
+      <c r="Q40" s="7">
         <v>468</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>537</v>
       </c>
-      <c r="R40" s="7">
+      <c r="S40" s="7">
         <v>477</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>559</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>563</v>
       </c>
-      <c r="U40" s="7">
+      <c r="V40" s="7">
         <v>471</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>506</v>
       </c>
-      <c r="W40" s="7">
+      <c r="X40" s="7">
         <v>427</v>
       </c>
-      <c r="X40" s="7">
+      <c r="Y40" s="7">
         <v>480</v>
       </c>
-      <c r="Y40" s="7">
+      <c r="Z40" s="7">
         <v>447</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>534</v>
       </c>
-      <c r="AA40" s="7">
+      <c r="AB40" s="7">
         <v>479</v>
       </c>
-      <c r="AB40" s="7">
+      <c r="AC40" s="7">
         <v>411</v>
       </c>
-      <c r="AC40" s="7">
+      <c r="AD40" s="7">
         <v>453</v>
       </c>
-      <c r="AD40" s="7">
+      <c r="AE40" s="7">
         <v>429</v>
       </c>
-      <c r="AE40" s="7">
+      <c r="AF40" s="7">
         <v>482</v>
-      </c>
-[...1 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C41" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="C41" s="4">
+        <v>120</v>
+      </c>
+      <c r="D41" s="6">
+        <v>100</v>
+      </c>
+      <c r="E41" s="4">
+        <v>120</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
-      <c r="K41" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="K41" s="6">
+        <v>100</v>
+      </c>
+      <c r="L41" s="4">
+        <v>120</v>
       </c>
       <c r="M41" s="6">
         <v>100</v>
       </c>
       <c r="N41" s="6">
         <v>100</v>
       </c>
-      <c r="O41" s="4">
-[...12 lines deleted...]
-        <v>120</v>
+      <c r="O41" s="6">
+        <v>100</v>
+      </c>
+      <c r="P41" s="4">
+        <v>120</v>
+      </c>
+      <c r="Q41" s="6">
+        <v>100</v>
+      </c>
+      <c r="R41" s="4">
+        <v>120</v>
+      </c>
+      <c r="S41" s="6">
+        <v>100</v>
       </c>
       <c r="T41" s="4">
         <v>120</v>
       </c>
-      <c r="U41" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="U41" s="4">
+        <v>120</v>
+      </c>
+      <c r="V41" s="6">
+        <v>100</v>
+      </c>
+      <c r="W41" s="4">
+        <v>120</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
-      <c r="Z41" s="4">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="Z41" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA41" s="4">
+        <v>120</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
       <c r="AC41" s="6">
         <v>100</v>
       </c>
       <c r="AD41" s="6">
         <v>100</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H43" s="6" t="s">
         <v>36</v>
       </c>
       <c r="I43" s="6" t="s">
         <v>38</v>
       </c>
       <c r="J43" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>40</v>
       </c>
       <c r="M43" s="6" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="N43" s="6" t="s">
         <v>97</v>
       </c>
       <c r="O43" s="6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="P43" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="Q43" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="S43" s="6" t="s">
         <v>101</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="AA43" s="6" t="s">
         <v>51</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>554</v>
       </c>
       <c r="D44" s="4">
         <v>573</v>
       </c>
       <c r="E44" s="4">
         <v>544</v>
       </c>
       <c r="F44" s="4">
         <v>565</v>
       </c>
       <c r="G44" s="4">
         <v>550</v>
       </c>
       <c r="H44" s="4">
         <v>545</v>
       </c>
       <c r="I44" s="4">