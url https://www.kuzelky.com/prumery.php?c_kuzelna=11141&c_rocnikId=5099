--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
   <si>
     <t>Výsledky hráčů družstva KK Slavoj Žirovnice  na kuželně Žirovnice</t>
   </si>
   <si>
     <t>František Kožich</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>1.4.2023</t>
   </si>
   <si>
     <t>4.3.2023</t>
   </si>
   <si>
     <t>25.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
@@ -177,50 +177,53 @@
     <t>18.3.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>5.11.2022</t>
   </si>
   <si>
     <t>15.1.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>13.11.2021</t>
   </si>
   <si>
     <t>11.9.2021</t>
   </si>
   <si>
     <t>12.10.2019</t>
   </si>
   <si>
     <t>Pavel Ryšavý</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>5.10.2024</t>
   </si>
   <si>
     <t>28.9.2024</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>25.11.2023</t>
   </si>
   <si>
     <t>18.11.2023</t>
   </si>
@@ -1364,224 +1367,224 @@
       </c>
       <c r="AE9" s="4">
         <v>120</v>
       </c>
       <c r="AF9" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
         <v>54</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="D11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="E11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="F11" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="G11" s="6" t="s">
+      <c r="H11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="H11" s="6" t="s">
+      <c r="I11" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="I11" s="6" t="s">
+      <c r="J11" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>59</v>
       </c>
       <c r="L11" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="M11" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="M11" s="6" t="s">
+      <c r="N11" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="N11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O11" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="P11" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="P11" s="6" t="s">
+      <c r="Q11" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="Q11" s="6" t="s">
+      <c r="R11" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="S11" s="6" t="s">
         <v>62</v>
       </c>
       <c r="T11" s="6" t="s">
         <v>63</v>
       </c>
       <c r="U11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="V11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="W11" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="X11" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="X11" s="6" t="s">
+      <c r="Y11" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="Y11" s="6" t="s">
+      <c r="Z11" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Z11" s="6" t="s">
+      <c r="AA11" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AA11" s="6" t="s">
+      <c r="AB11" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AB11" s="6" t="s">
+      <c r="AC11" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="AC11" s="6" t="s">
+      <c r="AD11" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="AD11" s="6" t="s">
+      <c r="AE11" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="AE11" s="6" t="s">
+      <c r="AF11" s="6" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>573</v>
+      </c>
+      <c r="D12" s="4">
         <v>475</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>532</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>533</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>515</v>
       </c>
-      <c r="G12" s="4">
+      <c r="H12" s="4">
         <v>571</v>
       </c>
-      <c r="H12" s="4">
+      <c r="I12" s="4">
         <v>575</v>
       </c>
-      <c r="I12" s="4">
+      <c r="J12" s="4">
         <v>579</v>
       </c>
-      <c r="J12" s="4">
+      <c r="K12" s="4">
         <v>505</v>
       </c>
-      <c r="K12" s="4">
+      <c r="L12" s="4">
         <v>531</v>
       </c>
-      <c r="L12" s="4">
+      <c r="M12" s="4">
         <v>519</v>
       </c>
-      <c r="M12" s="4">
+      <c r="N12" s="4">
         <v>570</v>
       </c>
-      <c r="N12" s="4">
+      <c r="O12" s="4">
         <v>542</v>
       </c>
-      <c r="O12" s="4">
+      <c r="P12" s="4">
         <v>546</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>579</v>
       </c>
-      <c r="Q12" s="4">
+      <c r="R12" s="4">
         <v>556</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>579</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>549</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>522</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>537</v>
-      </c>
-[...1 lines deleted...]
-        <v>530</v>
       </c>
       <c r="W12" s="4">
         <v>530</v>
       </c>
       <c r="X12" s="4">
+        <v>530</v>
+      </c>
+      <c r="Y12" s="4">
         <v>514</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>520</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>517</v>
       </c>
-      <c r="AA12" s="4">
+      <c r="AB12" s="4">
         <v>521</v>
       </c>
-      <c r="AB12" s="4">
+      <c r="AC12" s="4">
         <v>527</v>
       </c>
-      <c r="AC12" s="4">
+      <c r="AD12" s="4">
         <v>556</v>
       </c>
-      <c r="AD12" s="4">
+      <c r="AE12" s="4">
         <v>572</v>
       </c>
-      <c r="AE12" s="4">
+      <c r="AF12" s="4">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="4">
         <v>120</v>
       </c>
       <c r="D13" s="4">
         <v>120</v>
       </c>
       <c r="E13" s="4">
         <v>120</v>
       </c>
       <c r="F13" s="4">
         <v>120</v>
       </c>
       <c r="G13" s="4">
         <v>120</v>
       </c>
       <c r="H13" s="4">
         <v>120</v>
       </c>
       <c r="I13" s="4">
@@ -1637,239 +1640,239 @@
       </c>
       <c r="Z13" s="4">
         <v>120</v>
       </c>
       <c r="AA13" s="4">
         <v>120</v>
       </c>
       <c r="AB13" s="4">
         <v>120</v>
       </c>
       <c r="AC13" s="4">
         <v>120</v>
       </c>
       <c r="AD13" s="4">
         <v>120</v>
       </c>
       <c r="AE13" s="4">
         <v>120</v>
       </c>
       <c r="AF13" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="F15" s="6" t="s">
         <v>69</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="J15" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="K15" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="K15" s="6" t="s">
+      <c r="L15" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="L15" s="6" t="s">
+      <c r="M15" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="M15" s="6" t="s">
+      <c r="N15" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="O15" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P15" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="Q15" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="Q15" s="6" t="s">
+      <c r="R15" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R15" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S15" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="T15" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="T15" s="6" t="s">
+      <c r="U15" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="U15" s="6" t="s">
+      <c r="V15" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="W15" s="6" t="s">
         <v>62</v>
       </c>
       <c r="X15" s="6" t="s">
         <v>63</v>
       </c>
       <c r="Y15" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Z15" s="6" t="s">
         <v>65</v>
       </c>
       <c r="AA15" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="AB15" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AB15" s="6" t="s">
+      <c r="AC15" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AC15" s="6" t="s">
+      <c r="AD15" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AD15" s="6" t="s">
+      <c r="AE15" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AE15" s="6" t="s">
+      <c r="AF15" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C16" s="4">
+        <v>592</v>
+      </c>
+      <c r="D16" s="4">
         <v>559</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>573</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>574</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>620</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>559</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>632</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>582</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>569</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>548</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>575</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>582</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>550</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>586</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>601</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>602</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>604</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>586</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>574</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>572</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>592</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>577</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>566</v>
       </c>
-      <c r="Y16" s="4">
+      <c r="Z16" s="4">
         <v>586</v>
       </c>
-      <c r="Z16" s="4">
+      <c r="AA16" s="4">
         <v>604</v>
       </c>
-      <c r="AA16" s="4">
+      <c r="AB16" s="4">
         <v>552</v>
       </c>
-      <c r="AB16" s="4">
+      <c r="AC16" s="4">
         <v>671</v>
       </c>
-      <c r="AC16" s="4">
+      <c r="AD16" s="4">
         <v>574</v>
       </c>
-      <c r="AD16" s="4">
+      <c r="AE16" s="4">
         <v>577</v>
       </c>
-      <c r="AE16" s="4">
+      <c r="AF16" s="4">
         <v>566</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C17" s="4">
         <v>120</v>
       </c>
       <c r="D17" s="4">
         <v>120</v>
       </c>
       <c r="E17" s="4">
         <v>120</v>
       </c>
       <c r="F17" s="4">
         <v>120</v>
       </c>
       <c r="G17" s="4">
         <v>120</v>
       </c>
       <c r="H17" s="4">
         <v>120</v>
       </c>
       <c r="I17" s="4">
@@ -1925,239 +1928,239 @@
       </c>
       <c r="Z17" s="4">
         <v>120</v>
       </c>
       <c r="AA17" s="4">
         <v>120</v>
       </c>
       <c r="AB17" s="4">
         <v>120</v>
       </c>
       <c r="AC17" s="4">
         <v>120</v>
       </c>
       <c r="AD17" s="4">
         <v>120</v>
       </c>
       <c r="AE17" s="4">
         <v>120</v>
       </c>
       <c r="AF17" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="F19" s="6" t="s">
         <v>69</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="K19" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="L19" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="M19" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N19" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="O19" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="O19" s="6" t="s">
+      <c r="P19" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="P19" s="6" t="s">
+      <c r="Q19" s="6" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="R19" s="6" t="s">
         <v>62</v>
       </c>
       <c r="S19" s="6" t="s">
         <v>63</v>
       </c>
       <c r="T19" s="6" t="s">
         <v>64</v>
       </c>
       <c r="U19" s="6" t="s">
         <v>65</v>
       </c>
       <c r="V19" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="W19" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="W19" s="6" t="s">
+      <c r="X19" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="X19" s="6" t="s">
+      <c r="Y19" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="Y19" s="6" t="s">
+      <c r="Z19" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="Z19" s="6" t="s">
+      <c r="AA19" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AA19" s="6" t="s">
+      <c r="AB19" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="AB19" s="6" t="s">
+      <c r="AC19" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="AC19" s="6" t="s">
+      <c r="AD19" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="AD19" s="6" t="s">
+      <c r="AE19" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="AE19" s="6" t="s">
+      <c r="AF19" s="6" t="s">
         <v>8</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
+        <v>576</v>
+      </c>
+      <c r="D20" s="4">
         <v>549</v>
       </c>
-      <c r="D20" s="4">
+      <c r="E20" s="4">
         <v>539</v>
       </c>
-      <c r="E20" s="4">
+      <c r="F20" s="4">
         <v>560</v>
       </c>
-      <c r="F20" s="4">
+      <c r="G20" s="4">
         <v>547</v>
       </c>
-      <c r="G20" s="4">
+      <c r="H20" s="4">
         <v>577</v>
       </c>
-      <c r="H20" s="4">
+      <c r="I20" s="4">
         <v>594</v>
       </c>
-      <c r="I20" s="4">
+      <c r="J20" s="4">
         <v>569</v>
       </c>
-      <c r="J20" s="4">
+      <c r="K20" s="4">
         <v>575</v>
       </c>
-      <c r="K20" s="4">
+      <c r="L20" s="4">
         <v>573</v>
       </c>
-      <c r="L20" s="4">
+      <c r="M20" s="4">
         <v>614</v>
       </c>
-      <c r="M20" s="4">
+      <c r="N20" s="4">
         <v>557</v>
       </c>
-      <c r="N20" s="4">
+      <c r="O20" s="4">
         <v>549</v>
       </c>
-      <c r="O20" s="4">
+      <c r="P20" s="4">
         <v>564</v>
       </c>
-      <c r="P20" s="4">
+      <c r="Q20" s="4">
         <v>542</v>
       </c>
-      <c r="Q20" s="4">
+      <c r="R20" s="4">
         <v>546</v>
       </c>
-      <c r="R20" s="4">
+      <c r="S20" s="4">
         <v>562</v>
       </c>
-      <c r="S20" s="4">
+      <c r="T20" s="4">
         <v>576</v>
       </c>
-      <c r="T20" s="4">
+      <c r="U20" s="4">
         <v>533</v>
       </c>
-      <c r="U20" s="4">
+      <c r="V20" s="4">
         <v>572</v>
       </c>
-      <c r="V20" s="4">
+      <c r="W20" s="4">
         <v>570</v>
       </c>
-      <c r="W20" s="4">
+      <c r="X20" s="4">
         <v>531</v>
       </c>
-      <c r="X20" s="4">
+      <c r="Y20" s="4">
         <v>575</v>
       </c>
-      <c r="Y20" s="4">
+      <c r="Z20" s="4">
         <v>570</v>
       </c>
-      <c r="Z20" s="4">
+      <c r="AA20" s="4">
         <v>563</v>
       </c>
-      <c r="AA20" s="4">
+      <c r="AB20" s="4">
         <v>577</v>
       </c>
-      <c r="AB20" s="4">
+      <c r="AC20" s="4">
         <v>553</v>
       </c>
-      <c r="AC20" s="4">
+      <c r="AD20" s="4">
         <v>584</v>
       </c>
-      <c r="AD20" s="4">
+      <c r="AE20" s="4">
         <v>560</v>
       </c>
-      <c r="AE20" s="4">
+      <c r="AF20" s="4">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C21" s="4">
         <v>120</v>
       </c>
       <c r="D21" s="4">
         <v>120</v>
       </c>
       <c r="E21" s="4">
         <v>120</v>
       </c>
       <c r="F21" s="4">
         <v>120</v>
       </c>
       <c r="G21" s="4">
         <v>120</v>
       </c>
       <c r="H21" s="4">
         <v>120</v>
       </c>
       <c r="I21" s="4">
@@ -2213,239 +2216,239 @@
       </c>
       <c r="Z21" s="4">
         <v>120</v>
       </c>
       <c r="AA21" s="4">
         <v>120</v>
       </c>
       <c r="AB21" s="4">
         <v>120</v>
       </c>
       <c r="AC21" s="4">
         <v>120</v>
       </c>
       <c r="AD21" s="4">
         <v>120</v>
       </c>
       <c r="AE21" s="4">
         <v>120</v>
       </c>
       <c r="AF21" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>69</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="K23" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="M23" s="6" t="s">
+      <c r="N23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="N23" s="6" t="s">
+      <c r="O23" s="6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>59</v>
       </c>
       <c r="Q23" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="R23" s="6" t="s">
         <v>41</v>
       </c>
-      <c r="R23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S23" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="T23" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="T23" s="6" t="s">
+      <c r="U23" s="6" t="s">
         <v>43</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
       <c r="V23" s="6" t="s">
         <v>62</v>
       </c>
       <c r="W23" s="6" t="s">
         <v>63</v>
       </c>
       <c r="X23" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Z23" s="6" t="s">
+        <v>66</v>
+      </c>
+      <c r="AA23" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="AA23" s="6" t="s">
+      <c r="AB23" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="AB23" s="6" t="s">
+      <c r="AC23" s="6" t="s">
         <v>46</v>
       </c>
-      <c r="AC23" s="6" t="s">
+      <c r="AD23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="AD23" s="6" t="s">
+      <c r="AE23" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="AE23" s="6" t="s">
+      <c r="AF23" s="6" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>555</v>
+      </c>
+      <c r="D24" s="4">
         <v>590</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>597</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>573</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>544</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>599</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>528</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>558</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>602</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>582</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>504</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>587</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>555</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>535</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>587</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>573</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
       <c r="T24" s="4">
         <v>569</v>
       </c>
       <c r="U24" s="4">
+        <v>569</v>
+      </c>
+      <c r="V24" s="4">
         <v>524</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>523</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>595</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="Z24" s="4">
         <v>548</v>
       </c>
       <c r="AA24" s="4">
+        <v>548</v>
+      </c>
+      <c r="AB24" s="4">
         <v>578</v>
       </c>
-      <c r="AB24" s="4">
+      <c r="AC24" s="4">
         <v>611</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>547</v>
       </c>
-      <c r="AD24" s="4">
+      <c r="AE24" s="4">
         <v>593</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="4">
         <v>120</v>
       </c>
       <c r="D25" s="4">
         <v>120</v>
       </c>
       <c r="E25" s="4">
         <v>120</v>
       </c>
       <c r="F25" s="4">
         <v>120</v>
       </c>
       <c r="G25" s="4">
         <v>120</v>
       </c>
       <c r="H25" s="4">
         <v>120</v>
       </c>
       <c r="I25" s="4">
@@ -2501,144 +2504,144 @@
       </c>
       <c r="Z25" s="4">
         <v>120</v>
       </c>
       <c r="AA25" s="4">
         <v>120</v>
       </c>
       <c r="AB25" s="4">
         <v>120</v>
       </c>
       <c r="AC25" s="4">
         <v>120</v>
       </c>
       <c r="AD25" s="4">
         <v>120</v>
       </c>
       <c r="AE25" s="4">
         <v>120</v>
       </c>
       <c r="AF25" s="4">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="Z27" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="AA27" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="AB27" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="AC27" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="AD27" s="6" t="s">
         <v>15</v>
       </c>
       <c r="AE27" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="AF27" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="7">
         <v>383</v>
       </c>
       <c r="D28" s="4">
         <v>549</v>
       </c>
       <c r="E28" s="4">
         <v>519</v>
       </c>
       <c r="F28" s="7">
         <v>432</v>
       </c>
       <c r="G28" s="7">
         <v>440</v>
       </c>
       <c r="H28" s="7">
         <v>394</v>
       </c>
       <c r="I28" s="7">