--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="176">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="178">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Šanov B na kuželně Šanov</t>
   </si>
   <si>
     <t>Karel Saidl</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>25.9.2020</t>
   </si>
   <si>
     <t>11.9.2020</t>
   </si>
   <si>
     <t>28.2.2020</t>
   </si>
   <si>
     <t>24.1.2020</t>
   </si>
   <si>
     <t>26.4.2019</t>
   </si>
   <si>
@@ -155,50 +155,53 @@
   <si>
     <t>2.12.2023</t>
   </si>
   <si>
     <t>16.11.2023</t>
   </si>
   <si>
     <t>31.3.2023</t>
   </si>
   <si>
     <t>17.3.2023</t>
   </si>
   <si>
     <t>9.12.2022</t>
   </si>
   <si>
     <t>25.11.2022</t>
   </si>
   <si>
     <t>4.11.2022</t>
   </si>
   <si>
     <t>Ladislav Kacetl</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>22.3.2025</t>
   </si>
   <si>
     <t>8.3.2025</t>
   </si>
   <si>
     <t>22.2.2025</t>
   </si>
   <si>
     <t>1.2.2025</t>
   </si>
   <si>
     <t>7.12.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
@@ -441,50 +444,53 @@
     <t>5.10.2018</t>
   </si>
   <si>
     <t>Martin Ďurko</t>
   </si>
   <si>
     <t>8.11.2019</t>
   </si>
   <si>
     <t>20.9.2019</t>
   </si>
   <si>
     <t>5.4.2019</t>
   </si>
   <si>
     <t>22.3.2019</t>
   </si>
   <si>
     <t>25.1.2019</t>
   </si>
   <si>
     <t>18.1.2019</t>
   </si>
   <si>
     <t>Jan Klimentík</t>
+  </si>
+  <si>
+    <t>5.12.2025</t>
   </si>
   <si>
     <t>2.2.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>7.4.2023</t>
   </si>
   <si>
     <t>30.9.2022</t>
   </si>
   <si>
     <t>16.9.2022</t>
   </si>
   <si>
     <t>26.7.2021</t>
   </si>
   <si>
     <t>11.10.2019</t>
   </si>
   <si>
     <t>8.3.2019</t>
   </si>
@@ -1442,378 +1448,378 @@
       <c r="J11" s="6" t="s">
         <v>54</v>
       </c>
       <c r="K11" s="6" t="s">
         <v>55</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M11" s="6" t="s">
         <v>57</v>
       </c>
       <c r="N11" s="6" t="s">
         <v>58</v>
       </c>
       <c r="O11" s="6" t="s">
         <v>59</v>
       </c>
       <c r="P11" s="6" t="s">
         <v>60</v>
       </c>
       <c r="Q11" s="6" t="s">
         <v>61</v>
       </c>
       <c r="R11" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="S11" s="6" t="s">
         <v>32</v>
       </c>
-      <c r="S11" s="6" t="s">
+      <c r="T11" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="T11" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U11" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="V11" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="V11" s="6" t="s">
+      <c r="W11" s="6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="X11" s="6" t="s">
         <v>64</v>
       </c>
       <c r="Y11" s="6" t="s">
         <v>65</v>
       </c>
       <c r="Z11" s="6" t="s">
         <v>66</v>
       </c>
       <c r="AA11" s="6" t="s">
+        <v>67</v>
+      </c>
+      <c r="AB11" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="AC11" s="6" t="s">
         <v>68</v>
       </c>
       <c r="AD11" s="6" t="s">
         <v>69</v>
       </c>
       <c r="AE11" s="6" t="s">
         <v>70</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="7">
+        <v>562</v>
+      </c>
+      <c r="D12" s="7">
         <v>551</v>
       </c>
-      <c r="D12" s="7">
+      <c r="E12" s="7">
         <v>537</v>
       </c>
-      <c r="E12" s="7">
+      <c r="F12" s="7">
         <v>499</v>
       </c>
-      <c r="F12" s="7">
+      <c r="G12" s="7">
         <v>567</v>
       </c>
-      <c r="G12" s="7">
+      <c r="H12" s="7">
         <v>568</v>
       </c>
-      <c r="H12" s="7">
+      <c r="I12" s="7">
         <v>565</v>
       </c>
-      <c r="I12" s="7">
+      <c r="J12" s="7">
         <v>557</v>
       </c>
-      <c r="J12" s="7">
+      <c r="K12" s="7">
         <v>534</v>
       </c>
-      <c r="K12" s="7">
+      <c r="L12" s="7">
         <v>528</v>
       </c>
-      <c r="L12" s="7">
+      <c r="M12" s="7">
         <v>518</v>
       </c>
-      <c r="M12" s="7">
+      <c r="N12" s="7">
         <v>519</v>
       </c>
-      <c r="N12" s="7">
+      <c r="O12" s="7">
         <v>575</v>
       </c>
-      <c r="O12" s="7">
+      <c r="P12" s="7">
         <v>540</v>
       </c>
-      <c r="P12" s="4">
+      <c r="Q12" s="4">
         <v>458</v>
       </c>
-      <c r="Q12" s="7">
+      <c r="R12" s="7">
         <v>525</v>
       </c>
-      <c r="R12" s="4">
+      <c r="S12" s="4">
         <v>446</v>
       </c>
-      <c r="S12" s="4">
+      <c r="T12" s="4">
         <v>424</v>
       </c>
-      <c r="T12" s="4">
+      <c r="U12" s="4">
         <v>447</v>
       </c>
-      <c r="U12" s="4">
+      <c r="V12" s="4">
         <v>401</v>
       </c>
-      <c r="V12" s="4">
+      <c r="W12" s="4">
         <v>434</v>
       </c>
-      <c r="W12" s="4">
+      <c r="X12" s="4">
         <v>419</v>
       </c>
-      <c r="X12" s="4">
+      <c r="Y12" s="4">
         <v>429</v>
       </c>
-      <c r="Y12" s="4">
+      <c r="Z12" s="4">
         <v>406</v>
       </c>
-      <c r="Z12" s="4">
+      <c r="AA12" s="4">
         <v>439</v>
       </c>
-      <c r="AA12" s="7">
+      <c r="AB12" s="7">
         <v>539</v>
       </c>
-      <c r="AB12" s="7">
+      <c r="AC12" s="7">
         <v>524</v>
       </c>
-      <c r="AC12" s="7">
+      <c r="AD12" s="7">
         <v>557</v>
       </c>
-      <c r="AD12" s="7">
+      <c r="AE12" s="7">
         <v>497</v>
       </c>
-      <c r="AE12" s="7">
+      <c r="AF12" s="7">
         <v>551</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="7">
         <v>120</v>
       </c>
       <c r="D13" s="7">
         <v>120</v>
       </c>
       <c r="E13" s="7">
         <v>120</v>
       </c>
       <c r="F13" s="7">
         <v>120</v>
       </c>
       <c r="G13" s="7">
         <v>120</v>
       </c>
       <c r="H13" s="7">
         <v>120</v>
       </c>
       <c r="I13" s="7">
         <v>120</v>
       </c>
       <c r="J13" s="7">
         <v>120</v>
       </c>
       <c r="K13" s="7">
         <v>120</v>
       </c>
       <c r="L13" s="7">
         <v>120</v>
       </c>
       <c r="M13" s="7">
         <v>120</v>
       </c>
       <c r="N13" s="7">
         <v>120</v>
       </c>
       <c r="O13" s="7">
         <v>120</v>
       </c>
-      <c r="P13" s="6">
-[...6 lines deleted...]
-        <v>100</v>
+      <c r="P13" s="7">
+        <v>120</v>
+      </c>
+      <c r="Q13" s="6">
+        <v>100</v>
+      </c>
+      <c r="R13" s="7">
+        <v>120</v>
       </c>
       <c r="S13" s="6">
         <v>100</v>
       </c>
       <c r="T13" s="6">
         <v>100</v>
       </c>
       <c r="U13" s="6">
         <v>100</v>
       </c>
       <c r="V13" s="6">
         <v>100</v>
       </c>
       <c r="W13" s="6">
         <v>100</v>
       </c>
       <c r="X13" s="6">
         <v>100</v>
       </c>
       <c r="Y13" s="6">
         <v>100</v>
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
-      <c r="AA13" s="7">
-        <v>120</v>
+      <c r="AA13" s="6">
+        <v>100</v>
       </c>
       <c r="AB13" s="7">
         <v>120</v>
       </c>
       <c r="AC13" s="7">
         <v>120</v>
       </c>
       <c r="AD13" s="7">
         <v>120</v>
       </c>
       <c r="AE13" s="7">
         <v>120</v>
       </c>
       <c r="AF13" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I15" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J15" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="K15" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="M15" s="6" t="s">
         <v>37</v>
       </c>
       <c r="N15" s="6" t="s">
         <v>39</v>
       </c>
       <c r="O15" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="P15" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="Q15" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="R15" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="S15" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="T15" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="U15" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="V15" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="W15" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="X15" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="Y15" s="6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="Z15" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AA15" s="6" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="AB15" s="6" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="AC15" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="AD15" s="6" t="s">
         <v>5</v>
       </c>
       <c r="AE15" s="6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="AF15" s="6" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="4">
         <v>382</v>
       </c>
       <c r="D16" s="4">
         <v>420</v>
       </c>
       <c r="E16" s="4">
         <v>431</v>
       </c>
       <c r="F16" s="4">
         <v>418</v>
       </c>
       <c r="G16" s="4">
         <v>412</v>
       </c>
       <c r="H16" s="4">
@@ -1967,141 +1973,141 @@
       </c>
       <c r="Z17" s="6">
         <v>100</v>
       </c>
       <c r="AA17" s="6">
         <v>100</v>
       </c>
       <c r="AB17" s="6">
         <v>100</v>
       </c>
       <c r="AC17" s="6">
         <v>100</v>
       </c>
       <c r="AD17" s="6">
         <v>100</v>
       </c>
       <c r="AE17" s="6">
         <v>100</v>
       </c>
       <c r="AF17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G19" s="6" t="s">
         <v>20</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="I19" s="6" t="s">
         <v>23</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="N19" s="6" t="s">
         <v>29</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="T19" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="U19" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="V19" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="W19" s="6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="X19" s="6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="Y19" s="6" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="Z19" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="AA19" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="AB19" s="6" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="AC19" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="AD19" s="6" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="AE19" s="6" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="AF19" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="4">
         <v>436</v>
       </c>
       <c r="D20" s="4">
         <v>467</v>
       </c>
       <c r="E20" s="4">
         <v>440</v>
       </c>
       <c r="F20" s="4">
         <v>418</v>
       </c>
       <c r="G20" s="7">
         <v>583</v>
       </c>
       <c r="H20" s="4">
@@ -2255,208 +2261,214 @@
       </c>
       <c r="Z21" s="6">
         <v>100</v>
       </c>
       <c r="AA21" s="6">
         <v>100</v>
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="7">
         <v>120</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>119</v>
+        <v>47</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>99</v>
+        <v>120</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>121</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>122</v>
       </c>
       <c r="H23" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="I23" s="6" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>124</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>66</v>
+        <v>125</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>125</v>
+        <v>67</v>
       </c>
       <c r="M23" s="6" t="s">
         <v>126</v>
       </c>
       <c r="N23" s="6" t="s">
         <v>127</v>
       </c>
       <c r="O23" s="6" t="s">
         <v>128</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>129</v>
       </c>
       <c r="Q23" s="6" t="s">
-        <v>112</v>
+        <v>130</v>
       </c>
       <c r="R23" s="6" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="S23" s="6" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="U23" s="6" t="s">
         <v>132</v>
       </c>
       <c r="V23" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="W23" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="X23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y23" s="6" t="s">
-        <v>133</v>
+        <v>93</v>
       </c>
       <c r="Z23" s="6" t="s">
         <v>134</v>
       </c>
       <c r="AA23" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C24" s="4">
+        <v>432</v>
+      </c>
+      <c r="D24" s="4">
         <v>405</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>444</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>393</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>441</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>424</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>419</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>408</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>437</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>404</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>399</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>460</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>407</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>355</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>409</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>397</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>408</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>427</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>410</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>452</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>417</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>402</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>399</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>366</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>427</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>384</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
@@ -2495,78 +2507,81 @@
       </c>
       <c r="T25" s="6">
         <v>100</v>
       </c>
       <c r="U25" s="6">
         <v>100</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="6">
         <v>100</v>
       </c>
       <c r="X25" s="6">
         <v>100</v>
       </c>
       <c r="Y25" s="6">
         <v>100</v>
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
         <v>100</v>
       </c>
+      <c r="AB25" s="6">
+        <v>100</v>
+      </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J27" s="6" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C28" s="4">
         <v>428</v>
       </c>
       <c r="D28" s="4">
         <v>442</v>
       </c>
       <c r="E28" s="4">
         <v>411</v>
       </c>
       <c r="F28" s="4">
         <v>407</v>
       </c>
       <c r="G28" s="4">
         <v>426</v>
       </c>
       <c r="H28" s="4">
@@ -2588,527 +2603,536 @@
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>98</v>
+        <v>144</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>76</v>
+        <v>101</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>120</v>
+        <v>79</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>143</v>
+        <v>121</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="K31" s="6" t="s">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>146</v>
+        <v>128</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>111</v>
+        <v>149</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
       <c r="P31" s="6" t="s">
         <v>132</v>
       </c>
       <c r="Q31" s="6" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="R31" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="S31" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="S31" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T31" s="6" t="s">
-        <v>136</v>
+        <v>93</v>
       </c>
       <c r="U31" s="6" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>138</v>
+        <v>151</v>
       </c>
       <c r="W31" s="6" t="s">
         <v>139</v>
       </c>
       <c r="X31" s="6" t="s">
-        <v>150</v>
+        <v>140</v>
       </c>
       <c r="Y31" s="6" t="s">
-        <v>140</v>
+        <v>152</v>
       </c>
       <c r="Z31" s="6" t="s">
         <v>141</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>151</v>
+        <v>142</v>
       </c>
       <c r="AB31" s="6" t="s">
+        <v>153</v>
+      </c>
+      <c r="AC31" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="AC31" s="6" t="s">
+      <c r="AD31" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="AD31" s="6" t="s">
+      <c r="AE31" s="6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C32" s="4">
+        <v>393</v>
+      </c>
+      <c r="D32" s="4">
         <v>407</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>383</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>408</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>423</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>438</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>413</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>419</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>401</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>424</v>
       </c>
-      <c r="L32" s="7">
+      <c r="M32" s="7">
         <v>464</v>
       </c>
-      <c r="M32" s="7">
+      <c r="N32" s="7">
         <v>461</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>433</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>426</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>381</v>
       </c>
-      <c r="Q32" s="7">
+      <c r="R32" s="7">
         <v>475</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>425</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>417</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>429</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>445</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>444</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>407</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>422</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>378</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>418</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>414</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>397</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>379</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>365</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
       <c r="K33" s="6">
         <v>100</v>
       </c>
-      <c r="L33" s="7">
-        <v>120</v>
+      <c r="L33" s="6">
+        <v>100</v>
       </c>
       <c r="M33" s="7">
         <v>120</v>
       </c>
-      <c r="N33" s="6">
-        <v>100</v>
+      <c r="N33" s="7">
+        <v>120</v>
       </c>
       <c r="O33" s="6">
         <v>100</v>
       </c>
       <c r="P33" s="6">
         <v>100</v>
       </c>
-      <c r="Q33" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="Q33" s="6">
+        <v>100</v>
+      </c>
+      <c r="R33" s="7">
+        <v>120</v>
       </c>
       <c r="S33" s="6">
         <v>100</v>
       </c>
       <c r="T33" s="6">
         <v>100</v>
       </c>
       <c r="U33" s="6">
         <v>100</v>
       </c>
       <c r="V33" s="6">
         <v>100</v>
       </c>
       <c r="W33" s="6">
         <v>100</v>
       </c>
       <c r="X33" s="6">
         <v>100</v>
       </c>
       <c r="Y33" s="6">
         <v>100</v>
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="B35" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="1" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="E39" s="6" t="s">
         <v>51</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>52</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>53</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>54</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>55</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>56</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>57</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>60</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>154</v>
+        <v>61</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="R39" s="6" t="s">
-        <v>102</v>
+        <v>159</v>
       </c>
       <c r="S39" s="6" t="s">
-        <v>158</v>
+        <v>103</v>
       </c>
       <c r="T39" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>107</v>
+        <v>161</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>109</v>
+        <v>162</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>161</v>
+        <v>110</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>111</v>
+        <v>163</v>
       </c>
       <c r="Z39" s="6" t="s">
         <v>112</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="AB39" s="6" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="AC39" s="6" t="s">
-        <v>162</v>
+        <v>115</v>
       </c>
       <c r="AD39" s="6" t="s">
-        <v>115</v>
+        <v>164</v>
       </c>
       <c r="AE39" s="6" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="AF39" s="6" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="7">
+        <v>552</v>
+      </c>
+      <c r="D40" s="7">
         <v>574</v>
       </c>
-      <c r="D40" s="7">
+      <c r="E40" s="7">
         <v>533</v>
       </c>
-      <c r="E40" s="7">
+      <c r="F40" s="7">
         <v>510</v>
       </c>
-      <c r="F40" s="7">
+      <c r="G40" s="7">
         <v>574</v>
       </c>
-      <c r="G40" s="7">
+      <c r="H40" s="7">
         <v>514</v>
       </c>
-      <c r="H40" s="7">
+      <c r="I40" s="7">
         <v>534</v>
       </c>
-      <c r="I40" s="7">
+      <c r="J40" s="7">
         <v>524</v>
       </c>
-      <c r="J40" s="7">
+      <c r="K40" s="7">
         <v>573</v>
       </c>
-      <c r="K40" s="7">
+      <c r="L40" s="7">
         <v>559</v>
       </c>
-      <c r="L40" s="7">
+      <c r="M40" s="7">
         <v>515</v>
       </c>
-      <c r="M40" s="7">
+      <c r="N40" s="7">
         <v>567</v>
       </c>
-      <c r="N40" s="7">
+      <c r="O40" s="7">
         <v>569</v>
       </c>
-      <c r="O40" s="7">
+      <c r="P40" s="7">
         <v>542</v>
       </c>
-      <c r="P40" s="7">
+      <c r="Q40" s="7">
         <v>519</v>
       </c>
-      <c r="Q40" s="7">
+      <c r="R40" s="7">
         <v>541</v>
       </c>
-      <c r="R40" s="7">
+      <c r="S40" s="7">
         <v>499</v>
       </c>
-      <c r="S40" s="7">
+      <c r="T40" s="7">
         <v>563</v>
       </c>
-      <c r="T40" s="7">
+      <c r="U40" s="7">
         <v>554</v>
       </c>
-      <c r="U40" s="7">
+      <c r="V40" s="7">
         <v>550</v>
       </c>
-      <c r="V40" s="7">
+      <c r="W40" s="7">
         <v>525</v>
       </c>
-      <c r="W40" s="7">
+      <c r="X40" s="7">
         <v>536</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>461</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>462</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>464</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>416</v>
       </c>
-      <c r="AB40" s="4">
+      <c r="AC40" s="4">
         <v>421</v>
       </c>
-      <c r="AC40" s="7">
+      <c r="AD40" s="7">
         <v>534</v>
       </c>
-      <c r="AD40" s="4">
+      <c r="AE40" s="4">
         <v>439</v>
       </c>
-      <c r="AE40" s="4">
+      <c r="AF40" s="4">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="7">
         <v>120</v>
       </c>
       <c r="D41" s="7">
         <v>120</v>
       </c>
       <c r="E41" s="7">
         <v>120</v>
       </c>
       <c r="F41" s="7">
         <v>120</v>
       </c>
       <c r="G41" s="7">
         <v>120</v>
       </c>
       <c r="H41" s="7">
         <v>120</v>
       </c>
       <c r="I41" s="7">
@@ -3134,174 +3158,174 @@
       </c>
       <c r="P41" s="7">
         <v>120</v>
       </c>
       <c r="Q41" s="7">
         <v>120</v>
       </c>
       <c r="R41" s="7">
         <v>120</v>
       </c>
       <c r="S41" s="7">
         <v>120</v>
       </c>
       <c r="T41" s="7">
         <v>120</v>
       </c>
       <c r="U41" s="7">
         <v>120</v>
       </c>
       <c r="V41" s="7">
         <v>120</v>
       </c>
       <c r="W41" s="7">
         <v>120</v>
       </c>
-      <c r="X41" s="6">
-        <v>100</v>
+      <c r="X41" s="7">
+        <v>120</v>
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
         <v>100</v>
       </c>
       <c r="AB41" s="6">
         <v>100</v>
       </c>
-      <c r="AC41" s="7">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="AC41" s="6">
+        <v>100</v>
+      </c>
+      <c r="AD41" s="7">
+        <v>120</v>
       </c>
       <c r="AE41" s="6">
         <v>100</v>
       </c>
       <c r="AF41" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I43" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J43" s="6" t="s">
         <v>32</v>
       </c>
       <c r="K43" s="6" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="M43" s="6" t="s">
         <v>34</v>
       </c>
       <c r="N43" s="6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="O43" s="6" t="s">
         <v>37</v>
       </c>
       <c r="P43" s="6" t="s">
         <v>38</v>
       </c>
       <c r="Q43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="R43" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="S43" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="T43" s="6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="U43" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="V43" s="6" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="W43" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="X43" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="Y43" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="Z43" s="6" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AA43" s="6" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="AB43" s="6" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="AC43" s="6" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AD43" s="6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="AE43" s="6" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AF43" s="6" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="7">
         <v>566</v>
       </c>
       <c r="D44" s="7">
         <v>631</v>
       </c>
       <c r="E44" s="4">
         <v>446</v>
       </c>
       <c r="F44" s="4">
         <v>459</v>
       </c>
       <c r="G44" s="4">
         <v>446</v>
       </c>
       <c r="H44" s="4">
         <v>440</v>
       </c>
       <c r="I44" s="7">
@@ -3452,144 +3476,144 @@
       </c>
       <c r="Z45" s="6">
         <v>100</v>
       </c>
       <c r="AA45" s="6">
         <v>100</v>
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D47" s="6" t="s">
         <v>20</v>
       </c>
       <c r="E47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="F47" s="6" t="s">
         <v>22</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>23</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>24</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>26</v>
       </c>
       <c r="K47" s="6" t="s">
         <v>27</v>
       </c>
       <c r="L47" s="6" t="s">
         <v>28</v>
       </c>
       <c r="M47" s="6" t="s">
         <v>29</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>30</v>
       </c>
       <c r="O47" s="6" t="s">
         <v>31</v>
       </c>
       <c r="P47" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Q47" s="6" t="s">
         <v>33</v>
       </c>
       <c r="R47" s="6" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>35</v>
       </c>
       <c r="T47" s="6" t="s">
         <v>36</v>
       </c>
       <c r="U47" s="6" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="V47" s="6" t="s">
         <v>40</v>
       </c>
       <c r="W47" s="6" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="X47" s="6" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="Y47" s="6" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="Z47" s="6" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="AA47" s="6" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="AB47" s="6" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="AC47" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AD47" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AE47" s="6" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="AF47" s="6" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="7">
         <v>555</v>
       </c>
       <c r="D48" s="7">
         <v>534</v>
       </c>
       <c r="E48" s="7">
         <v>536</v>
       </c>
       <c r="F48" s="7">
         <v>520</v>
       </c>
       <c r="G48" s="7">
         <v>538</v>
       </c>
       <c r="H48" s="7">
         <v>551</v>
       </c>
       <c r="I48" s="7">