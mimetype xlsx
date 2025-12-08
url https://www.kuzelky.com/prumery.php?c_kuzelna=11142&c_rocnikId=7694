--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -12,59 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
   <si>
     <t>Výsledky hráčů družstva TJ Sokol Kuchařovice na kuželně Šanov</t>
   </si>
   <si>
     <t>Ladislav Plaček</t>
   </si>
   <si>
     <t>Datum:</t>
+  </si>
+  <si>
+    <t>7.12.2025</t>
   </si>
   <si>
     <t>23.11.2025</t>
   </si>
   <si>
     <t>9.11.2025</t>
   </si>
   <si>
     <t>5.10.2025</t>
   </si>
   <si>
     <t>6.4.2025</t>
   </si>
   <si>
     <t>16.2.2025</t>
   </si>
   <si>
     <t>2.2.2025</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>10.11.2024</t>
   </si>
@@ -673,51 +676,51 @@
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:AF41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="AA41" sqref="AA41"/>
+      <selection activeCell="AB41" sqref="AB41"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="9.5703125" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="26.28515625" customWidth="true" style="2"/>
     <col min="2" max="2" width="11.140625" customWidth="true" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:32" customHeight="1" ht="21">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:32">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D3" s="6" t="s">
         <v>4</v>
@@ -739,210 +742,219 @@
       </c>
       <c r="J3" s="6" t="s">
         <v>10</v>
       </c>
       <c r="K3" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M3" s="6" t="s">
         <v>13</v>
       </c>
       <c r="N3" s="6" t="s">
         <v>14</v>
       </c>
       <c r="O3" s="6" t="s">
         <v>15</v>
       </c>
       <c r="P3" s="6" t="s">
         <v>16</v>
       </c>
       <c r="Q3" s="6" t="s">
         <v>17</v>
       </c>
+      <c r="R3" s="6" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="4" spans="1:32">
       <c r="B4" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C4" s="4">
+        <v>408</v>
+      </c>
+      <c r="D4" s="4">
         <v>456</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>471</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>404</v>
       </c>
-      <c r="F4" s="4">
+      <c r="G4" s="4">
         <v>472</v>
       </c>
-      <c r="G4" s="4">
+      <c r="H4" s="4">
         <v>389</v>
       </c>
-      <c r="H4" s="4">
+      <c r="I4" s="4">
         <v>454</v>
       </c>
-      <c r="I4" s="4">
+      <c r="J4" s="4">
         <v>437</v>
       </c>
-      <c r="J4" s="4">
+      <c r="K4" s="4">
         <v>428</v>
       </c>
-      <c r="K4" s="4">
+      <c r="L4" s="4">
         <v>413</v>
       </c>
-      <c r="L4" s="4">
+      <c r="M4" s="4">
         <v>429</v>
       </c>
-      <c r="M4" s="4">
+      <c r="N4" s="4">
         <v>424</v>
       </c>
-      <c r="N4" s="4">
+      <c r="O4" s="4">
         <v>396</v>
       </c>
-      <c r="O4" s="4">
+      <c r="P4" s="4">
         <v>400</v>
       </c>
-      <c r="P4" s="4">
+      <c r="Q4" s="4">
         <v>404</v>
       </c>
-      <c r="Q4" s="4">
+      <c r="R4" s="4">
         <v>414</v>
       </c>
     </row>
     <row r="5" spans="1:32">
       <c r="B5" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C5" s="6">
         <v>100</v>
       </c>
       <c r="D5" s="6">
         <v>100</v>
       </c>
       <c r="E5" s="6">
         <v>100</v>
       </c>
       <c r="F5" s="6">
         <v>100</v>
       </c>
       <c r="G5" s="6">
         <v>100</v>
       </c>
       <c r="H5" s="6">
         <v>100</v>
       </c>
       <c r="I5" s="6">
         <v>100</v>
       </c>
       <c r="J5" s="6">
         <v>100</v>
       </c>
       <c r="K5" s="6">
         <v>100</v>
       </c>
       <c r="L5" s="6">
         <v>100</v>
       </c>
       <c r="M5" s="6">
         <v>100</v>
       </c>
       <c r="N5" s="6">
         <v>100</v>
       </c>
       <c r="O5" s="6">
         <v>100</v>
       </c>
       <c r="P5" s="6">
         <v>100</v>
       </c>
       <c r="Q5" s="6">
+        <v>100</v>
+      </c>
+      <c r="R5" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:32">
       <c r="A7" s="2" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E7" s="6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F7" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="G7" s="6" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="H7" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="J7" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="K7" s="6" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="M7" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="N7" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="O7" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="P7" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="Q7" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="R7" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:32">
       <c r="B8" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C8" s="4">
         <v>463</v>
       </c>
       <c r="D8" s="4">
         <v>374</v>
       </c>
       <c r="E8" s="4">
         <v>440</v>
       </c>
       <c r="F8" s="4">
         <v>424</v>
       </c>
       <c r="G8" s="4">
         <v>442</v>
       </c>
       <c r="H8" s="4">
         <v>425</v>
       </c>
       <c r="I8" s="4">
         <v>459</v>
       </c>
       <c r="J8" s="4">
         <v>440</v>
       </c>
@@ -951,51 +963,51 @@
       </c>
       <c r="L8" s="4">
         <v>406</v>
       </c>
       <c r="M8" s="4">
         <v>464</v>
       </c>
       <c r="N8" s="4">
         <v>409</v>
       </c>
       <c r="O8" s="4">
         <v>485</v>
       </c>
       <c r="P8" s="4">
         <v>462</v>
       </c>
       <c r="Q8" s="4">
         <v>411</v>
       </c>
       <c r="R8" s="4">
         <v>475</v>
       </c>
     </row>
     <row r="9" spans="1:32">
       <c r="B9" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C9" s="6">
         <v>100</v>
       </c>
       <c r="D9" s="6">
         <v>100</v>
       </c>
       <c r="E9" s="6">
         <v>100</v>
       </c>
       <c r="F9" s="6">
         <v>100</v>
       </c>
       <c r="G9" s="6">
         <v>100</v>
       </c>
       <c r="H9" s="6">
         <v>100</v>
       </c>
       <c r="I9" s="6">
         <v>100</v>
       </c>
       <c r="J9" s="6">
         <v>100</v>
       </c>
@@ -1004,149 +1016,149 @@
       </c>
       <c r="L9" s="6">
         <v>100</v>
       </c>
       <c r="M9" s="6">
         <v>100</v>
       </c>
       <c r="N9" s="6">
         <v>100</v>
       </c>
       <c r="O9" s="6">
         <v>100</v>
       </c>
       <c r="P9" s="6">
         <v>100</v>
       </c>
       <c r="Q9" s="6">
         <v>100</v>
       </c>
       <c r="R9" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:32">
       <c r="A11" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E11" s="6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="I11" s="6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J11" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="K11" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="M11" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="N11" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="O11" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="P11" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="Q11" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="R11" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="S11" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="T11" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="U11" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="V11" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="W11" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="X11" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Y11" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="Z11" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="AA11" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="AB11" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="AC11" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="AD11" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="AE11" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="AF11" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C12" s="4">
         <v>441</v>
       </c>
       <c r="D12" s="4">
         <v>470</v>
       </c>
       <c r="E12" s="4">
         <v>431</v>
       </c>
       <c r="F12" s="4">
         <v>428</v>
       </c>
       <c r="G12" s="4">
         <v>448</v>
       </c>
       <c r="H12" s="4">
         <v>409</v>
       </c>
       <c r="I12" s="4">
         <v>435</v>
       </c>
       <c r="J12" s="4">
         <v>476</v>
       </c>
@@ -1197,51 +1209,51 @@
       </c>
       <c r="Z12" s="4">
         <v>442</v>
       </c>
       <c r="AA12" s="4">
         <v>463</v>
       </c>
       <c r="AB12" s="4">
         <v>489</v>
       </c>
       <c r="AC12" s="4">
         <v>442</v>
       </c>
       <c r="AD12" s="4">
         <v>423</v>
       </c>
       <c r="AE12" s="4">
         <v>414</v>
       </c>
       <c r="AF12" s="4">
         <v>422</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C13" s="6">
         <v>100</v>
       </c>
       <c r="D13" s="6">
         <v>100</v>
       </c>
       <c r="E13" s="6">
         <v>100</v>
       </c>
       <c r="F13" s="6">
         <v>100</v>
       </c>
       <c r="G13" s="6">
         <v>100</v>
       </c>
       <c r="H13" s="6">
         <v>100</v>
       </c>
       <c r="I13" s="6">
         <v>100</v>
       </c>
       <c r="J13" s="6">
         <v>100</v>
       </c>
@@ -1292,182 +1304,182 @@
       </c>
       <c r="Z13" s="6">
         <v>100</v>
       </c>
       <c r="AA13" s="6">
         <v>100</v>
       </c>
       <c r="AB13" s="6">
         <v>100</v>
       </c>
       <c r="AC13" s="6">
         <v>100</v>
       </c>
       <c r="AD13" s="6">
         <v>100</v>
       </c>
       <c r="AE13" s="6">
         <v>100</v>
       </c>
       <c r="AF13" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G15" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="H15" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C16" s="4">
         <v>455</v>
       </c>
       <c r="D16" s="4">
         <v>430</v>
       </c>
       <c r="E16" s="4">
         <v>412</v>
       </c>
       <c r="F16" s="4">
         <v>382</v>
       </c>
       <c r="G16" s="4">
         <v>425</v>
       </c>
       <c r="H16" s="4">
         <v>470</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C17" s="6">
         <v>100</v>
       </c>
       <c r="D17" s="6">
         <v>100</v>
       </c>
       <c r="E17" s="6">
         <v>100</v>
       </c>
       <c r="F17" s="6">
         <v>100</v>
       </c>
       <c r="G17" s="6">
         <v>100</v>
       </c>
       <c r="H17" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I19" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J19" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K19" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="M19" s="6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="N19" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="O19" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="P19" s="6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="Q19" s="6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="R19" s="6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="S19" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C20" s="4">
         <v>444</v>
       </c>
       <c r="D20" s="4">
         <v>472</v>
       </c>
       <c r="E20" s="4">
         <v>433</v>
       </c>
       <c r="F20" s="4">
         <v>399</v>
       </c>
       <c r="G20" s="4">
         <v>359</v>
       </c>
       <c r="H20" s="4">
         <v>442</v>
       </c>
       <c r="I20" s="4">
         <v>443</v>
       </c>
       <c r="J20" s="4">
         <v>453</v>
       </c>
@@ -1479,51 +1491,51 @@
       </c>
       <c r="M20" s="4">
         <v>438</v>
       </c>
       <c r="N20" s="4">
         <v>431</v>
       </c>
       <c r="O20" s="7">
         <v>470</v>
       </c>
       <c r="P20" s="7">
         <v>562</v>
       </c>
       <c r="Q20" s="7">
         <v>565</v>
       </c>
       <c r="R20" s="7">
         <v>534</v>
       </c>
       <c r="S20" s="7">
         <v>512</v>
       </c>
     </row>
     <row r="21" spans="1:32">
       <c r="B21" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C21" s="6">
         <v>100</v>
       </c>
       <c r="D21" s="6">
         <v>100</v>
       </c>
       <c r="E21" s="6">
         <v>100</v>
       </c>
       <c r="F21" s="6">
         <v>100</v>
       </c>
       <c r="G21" s="6">
         <v>100</v>
       </c>
       <c r="H21" s="6">
         <v>100</v>
       </c>
       <c r="I21" s="6">
         <v>100</v>
       </c>
       <c r="J21" s="6">
         <v>100</v>
       </c>
@@ -1535,214 +1547,220 @@
       </c>
       <c r="M21" s="6">
         <v>100</v>
       </c>
       <c r="N21" s="6">
         <v>100</v>
       </c>
       <c r="O21" s="7">
         <v>120</v>
       </c>
       <c r="P21" s="7">
         <v>120</v>
       </c>
       <c r="Q21" s="7">
         <v>120</v>
       </c>
       <c r="R21" s="7">
         <v>120</v>
       </c>
       <c r="S21" s="7">
         <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>5</v>
+        <v>38</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>9</v>
+        <v>41</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I23" s="6" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="J23" s="6" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="K23" s="6" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="M23" s="6" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="N23" s="6" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="O23" s="6" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="P23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="Q23" s="6" t="s">
         <v>48</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>49</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>50</v>
       </c>
       <c r="T23" s="6" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="U23" s="6" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="V23" s="6" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="W23" s="6" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="X23" s="6" t="s">
-        <v>23</v>
+        <v>65</v>
       </c>
       <c r="Y23" s="6" t="s">
         <v>24</v>
       </c>
       <c r="Z23" s="6" t="s">
-        <v>65</v>
+        <v>25</v>
       </c>
       <c r="AA23" s="6" t="s">
         <v>66</v>
       </c>
+      <c r="AB23" s="6" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C24" s="4">
+        <v>407</v>
+      </c>
+      <c r="D24" s="4">
         <v>428</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>440</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>439</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>449</v>
       </c>
-      <c r="G24" s="4">
+      <c r="H24" s="4">
         <v>436</v>
       </c>
-      <c r="H24" s="4">
+      <c r="I24" s="4">
         <v>496</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>435</v>
       </c>
-      <c r="J24" s="4">
+      <c r="K24" s="4">
         <v>455</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>448</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>426</v>
       </c>
-      <c r="M24" s="4">
+      <c r="N24" s="4">
         <v>434</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>453</v>
       </c>
-      <c r="O24" s="4">
+      <c r="P24" s="4">
         <v>408</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>423</v>
       </c>
-      <c r="Q24" s="4">
+      <c r="R24" s="4">
         <v>452</v>
       </c>
-      <c r="R24" s="4">
+      <c r="S24" s="4">
         <v>432</v>
       </c>
-      <c r="S24" s="4">
+      <c r="T24" s="4">
         <v>441</v>
       </c>
-      <c r="T24" s="4">
+      <c r="U24" s="4">
         <v>458</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>482</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>431</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>422</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>426</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>450</v>
       </c>
-      <c r="Z24" s="4">
+      <c r="AA24" s="4">
         <v>447</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>413</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C25" s="6">
         <v>100</v>
       </c>
       <c r="D25" s="6">
         <v>100</v>
       </c>
       <c r="E25" s="6">
         <v>100</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
       <c r="G25" s="6">
         <v>100</v>
       </c>
       <c r="H25" s="6">
         <v>100</v>
       </c>
       <c r="I25" s="6">
         <v>100</v>
       </c>
       <c r="J25" s="6">
         <v>100</v>
       </c>
@@ -1773,133 +1791,136 @@
       <c r="S25" s="6">
         <v>100</v>
       </c>
       <c r="T25" s="6">
         <v>100</v>
       </c>
       <c r="U25" s="6">
         <v>100</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="6">
         <v>100</v>
       </c>
       <c r="X25" s="6">
         <v>100</v>
       </c>
       <c r="Y25" s="6">
         <v>100</v>
       </c>
       <c r="Z25" s="6">
         <v>100</v>
       </c>
       <c r="AA25" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB25" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I27" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="J27" s="6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="K27" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="M27" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="N27" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="O27" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="P27" s="6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="Q27" s="6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="R27" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="S27" s="6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="T27" s="6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="U27" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="V27" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="W27" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="X27" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="Y27" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C28" s="4">
         <v>410</v>
       </c>
       <c r="D28" s="4">
         <v>425</v>
       </c>
       <c r="E28" s="4">
         <v>440</v>
       </c>
       <c r="F28" s="4">
         <v>462</v>
       </c>
       <c r="G28" s="4">
         <v>407</v>
       </c>
       <c r="H28" s="4">
         <v>451</v>
       </c>
       <c r="I28" s="4">
         <v>426</v>
       </c>
       <c r="J28" s="4">
         <v>440</v>
       </c>
@@ -1929,51 +1950,51 @@
       </c>
       <c r="S28" s="4">
         <v>415</v>
       </c>
       <c r="T28" s="4">
         <v>442</v>
       </c>
       <c r="U28" s="4">
         <v>416</v>
       </c>
       <c r="V28" s="4">
         <v>443</v>
       </c>
       <c r="W28" s="4">
         <v>406</v>
       </c>
       <c r="X28" s="4">
         <v>480</v>
       </c>
       <c r="Y28" s="4">
         <v>414</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C29" s="6">
         <v>100</v>
       </c>
       <c r="D29" s="6">
         <v>100</v>
       </c>
       <c r="E29" s="6">
         <v>100</v>
       </c>
       <c r="F29" s="6">
         <v>100</v>
       </c>
       <c r="G29" s="6">
         <v>100</v>
       </c>
       <c r="H29" s="6">
         <v>100</v>
       </c>
       <c r="I29" s="6">
         <v>100</v>
       </c>
       <c r="J29" s="6">
         <v>100</v>
       </c>
@@ -2003,244 +2024,244 @@
       </c>
       <c r="S29" s="6">
         <v>100</v>
       </c>
       <c r="T29" s="6">
         <v>100</v>
       </c>
       <c r="U29" s="6">
         <v>100</v>
       </c>
       <c r="V29" s="6">
         <v>100</v>
       </c>
       <c r="W29" s="6">
         <v>100</v>
       </c>
       <c r="X29" s="6">
         <v>100</v>
       </c>
       <c r="Y29" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="D31" s="6" t="s">
         <v>4</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>37</v>
+        <v>5</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>5</v>
+        <v>38</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>38</v>
+        <v>6</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>39</v>
       </c>
       <c r="I31" s="6" t="s">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="J31" s="6" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="K31" s="6" t="s">
         <v>11</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>12</v>
       </c>
       <c r="M31" s="6" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="N31" s="6" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="O31" s="6" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="P31" s="6" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="Q31" s="6" t="s">
         <v>44</v>
       </c>
       <c r="R31" s="6" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="S31" s="6" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="T31" s="6" t="s">
         <v>46</v>
       </c>
       <c r="U31" s="6" t="s">
         <v>47</v>
       </c>
       <c r="V31" s="6" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="W31" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="X31" s="6" t="s">
         <v>49</v>
       </c>
       <c r="Y31" s="6" t="s">
         <v>50</v>
       </c>
       <c r="Z31" s="6" t="s">
-        <v>21</v>
+        <v>51</v>
       </c>
       <c r="AA31" s="6" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="AB31" s="6" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
       <c r="AC31" s="6" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="AD31" s="6" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="AE31" s="6" t="s">
-        <v>68</v>
+        <v>23</v>
       </c>
       <c r="AF31" s="6" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C32" s="4">
+        <v>486</v>
+      </c>
+      <c r="D32" s="4">
         <v>463</v>
       </c>
-      <c r="D32" s="4">
+      <c r="E32" s="4">
         <v>429</v>
       </c>
-      <c r="E32" s="4">
+      <c r="F32" s="4">
         <v>433</v>
       </c>
-      <c r="F32" s="4">
+      <c r="G32" s="4">
         <v>441</v>
       </c>
-      <c r="G32" s="4">
+      <c r="H32" s="4">
         <v>445</v>
       </c>
-      <c r="H32" s="4">
+      <c r="I32" s="4">
         <v>437</v>
       </c>
-      <c r="I32" s="4">
+      <c r="J32" s="4">
         <v>467</v>
       </c>
-      <c r="J32" s="4">
+      <c r="K32" s="4">
         <v>470</v>
       </c>
-      <c r="K32" s="4">
+      <c r="L32" s="4">
         <v>426</v>
       </c>
-      <c r="L32" s="4">
+      <c r="M32" s="4">
         <v>443</v>
       </c>
-      <c r="M32" s="4">
+      <c r="N32" s="4">
         <v>472</v>
       </c>
-      <c r="N32" s="4">
+      <c r="O32" s="4">
         <v>433</v>
       </c>
-      <c r="O32" s="4">
+      <c r="P32" s="4">
         <v>450</v>
       </c>
-      <c r="P32" s="4">
+      <c r="Q32" s="4">
         <v>441</v>
       </c>
-      <c r="Q32" s="4">
+      <c r="R32" s="4">
         <v>415</v>
       </c>
-      <c r="R32" s="4">
+      <c r="S32" s="4">
         <v>462</v>
       </c>
-      <c r="S32" s="4">
+      <c r="T32" s="4">
         <v>485</v>
       </c>
-      <c r="T32" s="4">
+      <c r="U32" s="4">
         <v>457</v>
       </c>
-      <c r="U32" s="4">
+      <c r="V32" s="4">
         <v>401</v>
       </c>
-      <c r="V32" s="4">
+      <c r="W32" s="4">
         <v>447</v>
       </c>
-      <c r="W32" s="4">
+      <c r="X32" s="4">
         <v>404</v>
       </c>
-      <c r="X32" s="4">
+      <c r="Y32" s="4">
         <v>464</v>
       </c>
-      <c r="Y32" s="4">
+      <c r="Z32" s="4">
         <v>428</v>
       </c>
-      <c r="Z32" s="4">
+      <c r="AA32" s="4">
         <v>456</v>
       </c>
-      <c r="AA32" s="4">
+      <c r="AB32" s="4">
         <v>486</v>
       </c>
-      <c r="AB32" s="4">
+      <c r="AC32" s="4">
         <v>492</v>
       </c>
-      <c r="AC32" s="4">
+      <c r="AD32" s="4">
         <v>443</v>
       </c>
-      <c r="AD32" s="4">
+      <c r="AE32" s="4">
         <v>464</v>
       </c>
-      <c r="AE32" s="4">
+      <c r="AF32" s="4">
         <v>461</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="33" spans="1:32">
       <c r="B33" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C33" s="6">
         <v>100</v>
       </c>
       <c r="D33" s="6">
         <v>100</v>
       </c>
       <c r="E33" s="6">
         <v>100</v>
       </c>
       <c r="F33" s="6">
         <v>100</v>
       </c>
       <c r="G33" s="6">
         <v>100</v>
       </c>
       <c r="H33" s="6">
         <v>100</v>
       </c>
       <c r="I33" s="6">
         <v>100</v>
       </c>
       <c r="J33" s="6">
         <v>100</v>
       </c>
@@ -2291,149 +2312,149 @@
       </c>
       <c r="Z33" s="6">
         <v>100</v>
       </c>
       <c r="AA33" s="6">
         <v>100</v>
       </c>
       <c r="AB33" s="6">
         <v>100</v>
       </c>
       <c r="AC33" s="6">
         <v>100</v>
       </c>
       <c r="AD33" s="6">
         <v>100</v>
       </c>
       <c r="AE33" s="6">
         <v>100</v>
       </c>
       <c r="AF33" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I35" s="6" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J35" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K35" s="6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="M35" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N35" s="6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="O35" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="P35" s="6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="Q35" s="6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="R35" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="S35" s="6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="T35" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="U35" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="V35" s="6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="W35" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="X35" s="6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="Y35" s="6" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="Z35" s="6" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="AA35" s="6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="AB35" s="6" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="AC35" s="6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="AD35" s="6" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="AE35" s="6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="AF35" s="6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C36" s="4">
         <v>407</v>
       </c>
       <c r="D36" s="4">
         <v>411</v>
       </c>
       <c r="E36" s="4">
         <v>410</v>
       </c>
       <c r="F36" s="4">
         <v>390</v>
       </c>
       <c r="G36" s="4">
         <v>412</v>
       </c>
       <c r="H36" s="4">
         <v>449</v>
       </c>
       <c r="I36" s="4">
         <v>456</v>
       </c>
       <c r="J36" s="4">
         <v>413</v>
       </c>
@@ -2484,51 +2505,51 @@
       </c>
       <c r="Z36" s="4">
         <v>436</v>
       </c>
       <c r="AA36" s="4">
         <v>440</v>
       </c>
       <c r="AB36" s="4">
         <v>432</v>
       </c>
       <c r="AC36" s="4">
         <v>404</v>
       </c>
       <c r="AD36" s="4">
         <v>401</v>
       </c>
       <c r="AE36" s="4">
         <v>416</v>
       </c>
       <c r="AF36" s="4">
         <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:32">
       <c r="B37" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C37" s="6">
         <v>100</v>
       </c>
       <c r="D37" s="6">
         <v>100</v>
       </c>
       <c r="E37" s="6">
         <v>100</v>
       </c>
       <c r="F37" s="6">
         <v>100</v>
       </c>
       <c r="G37" s="6">
         <v>100</v>
       </c>
       <c r="H37" s="6">
         <v>100</v>
       </c>
       <c r="I37" s="6">
         <v>100</v>
       </c>
       <c r="J37" s="6">
         <v>100</v>
       </c>
@@ -2579,214 +2600,220 @@
       </c>
       <c r="Z37" s="6">
         <v>100</v>
       </c>
       <c r="AA37" s="6">
         <v>100</v>
       </c>
       <c r="AB37" s="6">
         <v>100</v>
       </c>
       <c r="AC37" s="6">
         <v>100</v>
       </c>
       <c r="AD37" s="6">
         <v>100</v>
       </c>
       <c r="AE37" s="6">
         <v>100</v>
       </c>
       <c r="AF37" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>37</v>
+        <v>5</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>6</v>
+        <v>38</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>38</v>
+        <v>7</v>
       </c>
       <c r="G39" s="6" t="s">
         <v>39</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J39" s="6" t="s">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="K39" s="6" t="s">
-        <v>10</v>
+        <v>41</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>11</v>
       </c>
       <c r="M39" s="6" t="s">
         <v>12</v>
       </c>
       <c r="N39" s="6" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="O39" s="6" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="P39" s="6" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="Q39" s="6" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="R39" s="6" t="s">
         <v>45</v>
       </c>
       <c r="S39" s="6" t="s">
         <v>46</v>
       </c>
       <c r="T39" s="6" t="s">
         <v>47</v>
       </c>
       <c r="U39" s="6" t="s">
-        <v>15</v>
+        <v>48</v>
       </c>
       <c r="V39" s="6" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="W39" s="6" t="s">
-        <v>16</v>
+        <v>49</v>
       </c>
       <c r="X39" s="6" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="Y39" s="6" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="Z39" s="6" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="AA39" s="6" t="s">
-        <v>30</v>
+        <v>29</v>
+      </c>
+      <c r="AB39" s="6" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C40" s="4">
+        <v>453</v>
+      </c>
+      <c r="D40" s="4">
         <v>460</v>
       </c>
-      <c r="D40" s="4">
+      <c r="E40" s="4">
         <v>468</v>
       </c>
-      <c r="E40" s="4">
+      <c r="F40" s="4">
         <v>411</v>
       </c>
-      <c r="F40" s="4">
+      <c r="G40" s="4">
         <v>437</v>
       </c>
-      <c r="G40" s="4">
+      <c r="H40" s="4">
         <v>417</v>
       </c>
-      <c r="H40" s="4">
+      <c r="I40" s="4">
         <v>418</v>
       </c>
-      <c r="I40" s="4">
+      <c r="J40" s="4">
         <v>437</v>
       </c>
-      <c r="J40" s="4">
+      <c r="K40" s="4">
         <v>413</v>
       </c>
-      <c r="K40" s="4">
+      <c r="L40" s="4">
         <v>401</v>
       </c>
-      <c r="L40" s="4">
+      <c r="M40" s="4">
         <v>423</v>
       </c>
-      <c r="M40" s="4">
+      <c r="N40" s="4">
         <v>425</v>
       </c>
-      <c r="N40" s="4">
+      <c r="O40" s="4">
         <v>444</v>
       </c>
-      <c r="O40" s="4">
+      <c r="P40" s="4">
         <v>385</v>
       </c>
-      <c r="P40" s="4">
+      <c r="Q40" s="4">
         <v>404</v>
       </c>
-      <c r="Q40" s="4">
+      <c r="R40" s="4">
         <v>457</v>
       </c>
-      <c r="R40" s="4">
+      <c r="S40" s="4">
         <v>404</v>
       </c>
-      <c r="S40" s="4">
+      <c r="T40" s="4">
         <v>450</v>
       </c>
-      <c r="T40" s="4">
+      <c r="U40" s="4">
         <v>425</v>
       </c>
-      <c r="U40" s="4">
+      <c r="V40" s="4">
         <v>450</v>
       </c>
-      <c r="V40" s="4">
+      <c r="W40" s="4">
         <v>463</v>
       </c>
-      <c r="W40" s="4">
+      <c r="X40" s="4">
         <v>431</v>
       </c>
-      <c r="X40" s="4">
+      <c r="Y40" s="4">
         <v>471</v>
       </c>
-      <c r="Y40" s="4">
+      <c r="Z40" s="4">
         <v>433</v>
       </c>
-      <c r="Z40" s="4">
+      <c r="AA40" s="4">
         <v>407</v>
       </c>
-      <c r="AA40" s="4">
+      <c r="AB40" s="4">
         <v>416</v>
       </c>
     </row>
     <row r="41" spans="1:32">
       <c r="B41" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C41" s="6">
         <v>100</v>
       </c>
       <c r="D41" s="6">
         <v>100</v>
       </c>
       <c r="E41" s="6">
         <v>100</v>
       </c>
       <c r="F41" s="6">
         <v>100</v>
       </c>
       <c r="G41" s="6">
         <v>100</v>
       </c>
       <c r="H41" s="6">
         <v>100</v>
       </c>
       <c r="I41" s="6">
         <v>100</v>
       </c>
       <c r="J41" s="6">
         <v>100</v>
       </c>
@@ -2817,50 +2844,53 @@
       <c r="S41" s="6">
         <v>100</v>
       </c>
       <c r="T41" s="6">
         <v>100</v>
       </c>
       <c r="U41" s="6">
         <v>100</v>
       </c>
       <c r="V41" s="6">
         <v>100</v>
       </c>
       <c r="W41" s="6">
         <v>100</v>
       </c>
       <c r="X41" s="6">
         <v>100</v>
       </c>
       <c r="Y41" s="6">
         <v>100</v>
       </c>
       <c r="Z41" s="6">
         <v>100</v>
       </c>
       <c r="AA41" s="6">
+        <v>100</v>
+      </c>
+      <c r="AB41" s="6">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>