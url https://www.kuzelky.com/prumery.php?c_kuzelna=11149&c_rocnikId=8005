--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -386,90 +386,90 @@
   <si>
     <t>David Schober st.</t>
   </si>
   <si>
     <t>Aleš Schober</t>
   </si>
   <si>
     <t>2.11.2022</t>
   </si>
   <si>
     <t>29.9.2022</t>
   </si>
   <si>
     <t>11.3.2022</t>
   </si>
   <si>
     <t>26.1.2022</t>
   </si>
   <si>
     <t>1.12.2021</t>
   </si>
   <si>
     <t>Dominik Schober</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>19.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>2.2.2025</t>
   </si>
   <si>
     <t>15.12.2024</t>
   </si>
   <si>
     <t>1.12.2024</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>25.2.2024</t>
   </si>
   <si>
     <t>4.2.2024</t>
   </si>
   <si>
     <t>26.11.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.10.2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -3938,328 +3938,328 @@
       </c>
       <c r="AB45" s="6">
         <v>100</v>
       </c>
       <c r="AC45" s="6">
         <v>100</v>
       </c>
       <c r="AD45" s="6">
         <v>100</v>
       </c>
       <c r="AE45" s="6">
         <v>100</v>
       </c>
       <c r="AF45" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
         <v>123</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D47" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="D47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E47" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="F47" s="6" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="G47" s="6" t="s">
         <v>126</v>
       </c>
       <c r="H47" s="6" t="s">
         <v>127</v>
       </c>
       <c r="I47" s="6" t="s">
+        <v>128</v>
+      </c>
+      <c r="J47" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="J47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K47" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="L47" s="6" t="s">
         <v>65</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="6" t="s">
         <v>66</v>
       </c>
-      <c r="M47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N47" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="O47" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="O47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P47" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="Q47" s="6" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>131</v>
       </c>
       <c r="R47" s="6" t="s">
         <v>132</v>
       </c>
       <c r="S47" s="6" t="s">
         <v>133</v>
       </c>
       <c r="T47" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="U47" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="U47" s="6" t="s">
+      <c r="V47" s="6" t="s">
         <v>107</v>
       </c>
-      <c r="V47" s="6" t="s">
+      <c r="W47" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="W47" s="6" t="s">
+      <c r="X47" s="6" t="s">
         <v>109</v>
       </c>
-      <c r="X47" s="6" t="s">
+      <c r="Y47" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="Y47" s="6" t="s">
+      <c r="Z47" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="Z47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA47" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="AB47" s="6" t="s">
         <v>111</v>
       </c>
-      <c r="AB47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC47" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="AD47" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="AD47" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE47" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="AF47" s="6" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="C48" s="4">
+      <c r="C48" s="7">
+        <v>537</v>
+      </c>
+      <c r="D48" s="4">
         <v>472</v>
       </c>
-      <c r="D48" s="7">
+      <c r="E48" s="7">
         <v>556</v>
       </c>
-      <c r="E48" s="4">
+      <c r="F48" s="4">
         <v>480</v>
       </c>
-      <c r="F48" s="4">
+      <c r="G48" s="4">
         <v>439</v>
       </c>
-      <c r="G48" s="7">
+      <c r="H48" s="7">
         <v>540</v>
       </c>
-      <c r="H48" s="7">
+      <c r="I48" s="7">
         <v>573</v>
       </c>
-      <c r="I48" s="4">
+      <c r="J48" s="4">
         <v>438</v>
       </c>
-      <c r="J48" s="7">
+      <c r="K48" s="7">
         <v>550</v>
       </c>
-      <c r="K48" s="4">
+      <c r="L48" s="4">
         <v>466</v>
       </c>
-      <c r="L48" s="4">
+      <c r="M48" s="4">
         <v>438</v>
       </c>
-      <c r="M48" s="7">
+      <c r="N48" s="7">
         <v>532</v>
       </c>
-      <c r="N48" s="4">
+      <c r="O48" s="4">
         <v>439</v>
       </c>
-      <c r="O48" s="7">
+      <c r="P48" s="7">
         <v>579</v>
       </c>
-      <c r="P48" s="4">
+      <c r="Q48" s="4">
         <v>402</v>
       </c>
-      <c r="Q48" s="7">
+      <c r="R48" s="7">
         <v>580</v>
       </c>
-      <c r="R48" s="7">
+      <c r="S48" s="7">
         <v>502</v>
       </c>
-      <c r="S48" s="7">
+      <c r="T48" s="7">
         <v>524</v>
       </c>
-      <c r="T48" s="7">
+      <c r="U48" s="7">
         <v>559</v>
       </c>
-      <c r="U48" s="4">
+      <c r="V48" s="4">
         <v>454</v>
       </c>
-      <c r="V48" s="4">
+      <c r="W48" s="4">
         <v>432</v>
       </c>
-      <c r="W48" s="4">
+      <c r="X48" s="4">
         <v>434</v>
       </c>
-      <c r="X48" s="4">
+      <c r="Y48" s="4">
         <v>459</v>
       </c>
-      <c r="Y48" s="4">
+      <c r="Z48" s="4">
         <v>470</v>
       </c>
-      <c r="Z48" s="7">
+      <c r="AA48" s="7">
         <v>548</v>
       </c>
-      <c r="AA48" s="4">
+      <c r="AB48" s="4">
         <v>458</v>
       </c>
-      <c r="AB48" s="7">
+      <c r="AC48" s="7">
         <v>532</v>
       </c>
-      <c r="AC48" s="4">
+      <c r="AD48" s="4">
         <v>423</v>
       </c>
-      <c r="AD48" s="7">
+      <c r="AE48" s="7">
         <v>552</v>
       </c>
-      <c r="AE48" s="4">
+      <c r="AF48" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="49" spans="1:32">
       <c r="B49" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="C49" s="6">
-[...2 lines deleted...]
-      <c r="D49" s="7">
+      <c r="C49" s="7">
         <v>120</v>
       </c>
-      <c r="E49" s="6">
-        <v>100</v>
+      <c r="D49" s="6">
+        <v>100</v>
+      </c>
+      <c r="E49" s="7">
+        <v>120</v>
       </c>
       <c r="F49" s="6">
         <v>100</v>
       </c>
-      <c r="G49" s="7">
-        <v>120</v>
+      <c r="G49" s="6">
+        <v>100</v>
       </c>
       <c r="H49" s="7">
         <v>120</v>
       </c>
-      <c r="I49" s="6">
-[...2 lines deleted...]
-      <c r="J49" s="7">
+      <c r="I49" s="7">
         <v>120</v>
       </c>
-      <c r="K49" s="6">
-        <v>100</v>
+      <c r="J49" s="6">
+        <v>100</v>
+      </c>
+      <c r="K49" s="7">
+        <v>120</v>
       </c>
       <c r="L49" s="6">
         <v>100</v>
       </c>
-      <c r="M49" s="7">
+      <c r="M49" s="6">
+        <v>100</v>
+      </c>
+      <c r="N49" s="7">
         <v>120</v>
       </c>
-      <c r="N49" s="6">
-[...2 lines deleted...]
-      <c r="O49" s="7">
+      <c r="O49" s="6">
+        <v>100</v>
+      </c>
+      <c r="P49" s="7">
         <v>120</v>
       </c>
-      <c r="P49" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="Q49" s="6">
+        <v>100</v>
       </c>
       <c r="R49" s="7">
         <v>120</v>
       </c>
       <c r="S49" s="7">
         <v>120</v>
       </c>
       <c r="T49" s="7">
         <v>120</v>
       </c>
-      <c r="U49" s="6">
-        <v>100</v>
+      <c r="U49" s="7">
+        <v>120</v>
       </c>
       <c r="V49" s="6">
         <v>100</v>
       </c>
       <c r="W49" s="6">
         <v>100</v>
       </c>
       <c r="X49" s="6">
         <v>100</v>
       </c>
       <c r="Y49" s="6">
         <v>100</v>
       </c>
-      <c r="Z49" s="7">
+      <c r="Z49" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA49" s="7">
         <v>120</v>
       </c>
-      <c r="AA49" s="6">
-[...2 lines deleted...]
-      <c r="AB49" s="7">
+      <c r="AB49" s="6">
+        <v>100</v>
+      </c>
+      <c r="AC49" s="7">
         <v>120</v>
       </c>
-      <c r="AC49" s="6">
-[...2 lines deleted...]
-      <c r="AD49" s="7">
+      <c r="AD49" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE49" s="7">
         <v>120</v>
       </c>
-      <c r="AE49" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="AF49" s="6">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.787401575" bottom="0.787401575" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="portrait" scale="100" fitToHeight="2" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">