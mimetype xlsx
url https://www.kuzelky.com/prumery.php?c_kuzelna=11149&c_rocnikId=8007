--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -230,96 +230,96 @@
   <si>
     <t>5.11.2021</t>
   </si>
   <si>
     <t>Petra Schoberová</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
     <t>12.1.2024</t>
   </si>
   <si>
     <t>15.9.2023</t>
   </si>
   <si>
     <t>Aleš Schober</t>
   </si>
   <si>
     <t>28.10.2022</t>
   </si>
   <si>
     <t>Dominik Schober</t>
   </si>
   <si>
+    <t>7.12.2025</t>
+  </si>
+  <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>7.11.2025</t>
   </si>
   <si>
     <t>31.10.2025</t>
   </si>
   <si>
     <t>19.10.2025</t>
   </si>
   <si>
     <t>12.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>23.2.2025</t>
   </si>
   <si>
     <t>2.2.2025</t>
   </si>
   <si>
     <t>15.12.2024</t>
   </si>
   <si>
     <t>1.12.2024</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>23.11.2024</t>
   </si>
   <si>
     <t>25.2.2024</t>
   </si>
   <si>
     <t>4.2.2024</t>
   </si>
   <si>
     <t>26.11.2023</t>
-  </si>
-[...1 lines deleted...]
-    <t>15.10.2023</t>
   </si>
   <si>
     <t>Václav Paulík</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -2144,328 +2144,328 @@
       </c>
       <c r="AB21" s="6">
         <v>100</v>
       </c>
       <c r="AC21" s="6">
         <v>100</v>
       </c>
       <c r="AD21" s="6">
         <v>100</v>
       </c>
       <c r="AE21" s="6">
         <v>100</v>
       </c>
       <c r="AF21" s="6">
         <v>100</v>
       </c>
     </row>
     <row r="23" spans="1:32">
       <c r="A23" s="2" t="s">
         <v>71</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D23" s="6" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E23" s="6" t="s">
         <v>73</v>
       </c>
       <c r="F23" s="6" t="s">
         <v>74</v>
       </c>
       <c r="G23" s="6" t="s">
         <v>75</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>76</v>
       </c>
       <c r="I23" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="J23" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="J23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K23" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>36</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="M23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N23" s="6" t="s">
+        <v>79</v>
+      </c>
+      <c r="O23" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="O23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P23" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q23" s="6" t="s">
         <v>7</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="R23" s="6" t="s">
         <v>81</v>
       </c>
       <c r="S23" s="6" t="s">
         <v>82</v>
       </c>
       <c r="T23" s="6" t="s">
         <v>83</v>
       </c>
       <c r="U23" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="V23" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="V23" s="6" t="s">
+      <c r="W23" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="W23" s="6" t="s">
+      <c r="X23" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="X23" s="6" t="s">
+      <c r="Y23" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="Y23" s="6" t="s">
+      <c r="Z23" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="Z23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA23" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="AB23" s="6" t="s">
         <v>13</v>
       </c>
-      <c r="AB23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC23" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="AD23" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="AD23" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE23" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="AF23" s="6" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="C24" s="4">
+      <c r="C24" s="7">
+        <v>537</v>
+      </c>
+      <c r="D24" s="4">
         <v>472</v>
       </c>
-      <c r="D24" s="7">
+      <c r="E24" s="7">
         <v>556</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>480</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>439</v>
       </c>
-      <c r="G24" s="7">
+      <c r="H24" s="7">
         <v>540</v>
       </c>
-      <c r="H24" s="7">
+      <c r="I24" s="7">
         <v>573</v>
       </c>
-      <c r="I24" s="4">
+      <c r="J24" s="4">
         <v>438</v>
       </c>
-      <c r="J24" s="7">
+      <c r="K24" s="7">
         <v>550</v>
       </c>
-      <c r="K24" s="4">
+      <c r="L24" s="4">
         <v>466</v>
       </c>
-      <c r="L24" s="4">
+      <c r="M24" s="4">
         <v>438</v>
       </c>
-      <c r="M24" s="7">
+      <c r="N24" s="7">
         <v>532</v>
       </c>
-      <c r="N24" s="4">
+      <c r="O24" s="4">
         <v>439</v>
       </c>
-      <c r="O24" s="7">
+      <c r="P24" s="7">
         <v>579</v>
       </c>
-      <c r="P24" s="4">
+      <c r="Q24" s="4">
         <v>402</v>
       </c>
-      <c r="Q24" s="7">
+      <c r="R24" s="7">
         <v>580</v>
       </c>
-      <c r="R24" s="7">
+      <c r="S24" s="7">
         <v>502</v>
       </c>
-      <c r="S24" s="7">
+      <c r="T24" s="7">
         <v>524</v>
       </c>
-      <c r="T24" s="7">
+      <c r="U24" s="7">
         <v>559</v>
       </c>
-      <c r="U24" s="4">
+      <c r="V24" s="4">
         <v>454</v>
       </c>
-      <c r="V24" s="4">
+      <c r="W24" s="4">
         <v>432</v>
       </c>
-      <c r="W24" s="4">
+      <c r="X24" s="4">
         <v>434</v>
       </c>
-      <c r="X24" s="4">
+      <c r="Y24" s="4">
         <v>459</v>
       </c>
-      <c r="Y24" s="4">
+      <c r="Z24" s="4">
         <v>470</v>
       </c>
-      <c r="Z24" s="7">
+      <c r="AA24" s="7">
         <v>548</v>
       </c>
-      <c r="AA24" s="4">
+      <c r="AB24" s="4">
         <v>458</v>
       </c>
-      <c r="AB24" s="7">
+      <c r="AC24" s="7">
         <v>532</v>
       </c>
-      <c r="AC24" s="4">
+      <c r="AD24" s="4">
         <v>423</v>
       </c>
-      <c r="AD24" s="7">
+      <c r="AE24" s="7">
         <v>552</v>
       </c>
-      <c r="AE24" s="4">
+      <c r="AF24" s="4">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="C25" s="6">
-[...2 lines deleted...]
-      <c r="D25" s="7">
+      <c r="C25" s="7">
         <v>120</v>
       </c>
-      <c r="E25" s="6">
-        <v>100</v>
+      <c r="D25" s="6">
+        <v>100</v>
+      </c>
+      <c r="E25" s="7">
+        <v>120</v>
       </c>
       <c r="F25" s="6">
         <v>100</v>
       </c>
-      <c r="G25" s="7">
-        <v>120</v>
+      <c r="G25" s="6">
+        <v>100</v>
       </c>
       <c r="H25" s="7">
         <v>120</v>
       </c>
-      <c r="I25" s="6">
-[...2 lines deleted...]
-      <c r="J25" s="7">
+      <c r="I25" s="7">
         <v>120</v>
       </c>
-      <c r="K25" s="6">
-        <v>100</v>
+      <c r="J25" s="6">
+        <v>100</v>
+      </c>
+      <c r="K25" s="7">
+        <v>120</v>
       </c>
       <c r="L25" s="6">
         <v>100</v>
       </c>
-      <c r="M25" s="7">
+      <c r="M25" s="6">
+        <v>100</v>
+      </c>
+      <c r="N25" s="7">
         <v>120</v>
       </c>
-      <c r="N25" s="6">
-[...2 lines deleted...]
-      <c r="O25" s="7">
+      <c r="O25" s="6">
+        <v>100</v>
+      </c>
+      <c r="P25" s="7">
         <v>120</v>
       </c>
-      <c r="P25" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="Q25" s="6">
+        <v>100</v>
       </c>
       <c r="R25" s="7">
         <v>120</v>
       </c>
       <c r="S25" s="7">
         <v>120</v>
       </c>
       <c r="T25" s="7">
         <v>120</v>
       </c>
-      <c r="U25" s="6">
-        <v>100</v>
+      <c r="U25" s="7">
+        <v>120</v>
       </c>
       <c r="V25" s="6">
         <v>100</v>
       </c>
       <c r="W25" s="6">
         <v>100</v>
       </c>
       <c r="X25" s="6">
         <v>100</v>
       </c>
       <c r="Y25" s="6">
         <v>100</v>
       </c>
-      <c r="Z25" s="7">
+      <c r="Z25" s="6">
+        <v>100</v>
+      </c>
+      <c r="AA25" s="7">
         <v>120</v>
       </c>
-      <c r="AA25" s="6">
-[...2 lines deleted...]
-      <c r="AB25" s="7">
+      <c r="AB25" s="6">
+        <v>100</v>
+      </c>
+      <c r="AC25" s="7">
         <v>120</v>
       </c>
-      <c r="AC25" s="6">
-[...2 lines deleted...]
-      <c r="AD25" s="7">
+      <c r="AD25" s="6">
+        <v>100</v>
+      </c>
+      <c r="AE25" s="7">
         <v>120</v>
       </c>
-      <c r="AE25" s="6">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="AF25" s="6">
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>38</v>
       </c>
       <c r="D27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="E27" s="6" t="s">
         <v>68</v>
       </c>
       <c r="F27" s="6" t="s">
         <v>16</v>
       </c>
       <c r="G27" s="6" t="s">
         <v>17</v>
       </c>
       <c r="H27" s="6" t="s">