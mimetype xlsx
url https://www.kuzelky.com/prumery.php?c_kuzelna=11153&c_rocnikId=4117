--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -191,50 +191,53 @@
   <si>
     <t>9.12.2017</t>
   </si>
   <si>
     <t>25.11.2017</t>
   </si>
   <si>
     <t>11.11.2017</t>
   </si>
   <si>
     <t>28.10.2017</t>
   </si>
   <si>
     <t>14.10.2017</t>
   </si>
   <si>
     <t>7.10.2017</t>
   </si>
   <si>
     <t>16.9.2017</t>
   </si>
   <si>
     <t>Josef Černý</t>
   </si>
   <si>
+    <t>6.12.2025</t>
+  </si>
+  <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>25.10.2025</t>
   </si>
   <si>
     <t>11.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>5.4.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>14.12.2024</t>
   </si>
   <si>
     <t>7.12.2024</t>
@@ -278,168 +281,165 @@
   <si>
     <t>4.2.2023</t>
   </si>
   <si>
     <t>21.1.2023</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>26.11.2022</t>
   </si>
   <si>
     <t>19.11.2022</t>
   </si>
   <si>
     <t>15.10.2022</t>
   </si>
   <si>
     <t>8.10.2022</t>
   </si>
   <si>
     <t>28.9.2022</t>
   </si>
   <si>
+    <t>Pavel Holomek</t>
+  </si>
+  <si>
+    <t>17.3.2024</t>
+  </si>
+  <si>
+    <t>21.1.2024</t>
+  </si>
+  <si>
+    <t>12.11.2023</t>
+  </si>
+  <si>
+    <t>15.10.2023</t>
+  </si>
+  <si>
+    <t>26.3.2022</t>
+  </si>
+  <si>
+    <t>12.2.2022</t>
+  </si>
+  <si>
+    <t>22.1.2022</t>
+  </si>
+  <si>
+    <t>6.11.2021</t>
+  </si>
+  <si>
+    <t>2.10.2021</t>
+  </si>
+  <si>
+    <t>18.9.2021</t>
+  </si>
+  <si>
+    <t>19.9.2020</t>
+  </si>
+  <si>
+    <t>29.2.2020</t>
+  </si>
+  <si>
+    <t>1.2.2020</t>
+  </si>
+  <si>
+    <t>11.1.2020</t>
+  </si>
+  <si>
+    <t>2.11.2019</t>
+  </si>
+  <si>
+    <t>12.10.2019</t>
+  </si>
+  <si>
+    <t>4.2.2017</t>
+  </si>
+  <si>
+    <t>Michal Huťa</t>
+  </si>
+  <si>
+    <t>5.9.2020</t>
+  </si>
+  <si>
+    <t>7.3.2020</t>
+  </si>
+  <si>
+    <t>22.2.2020</t>
+  </si>
+  <si>
+    <t>8.2.2020</t>
+  </si>
+  <si>
+    <t>18.1.2020</t>
+  </si>
+  <si>
+    <t>23.11.2019</t>
+  </si>
+  <si>
+    <t>16.11.2019</t>
+  </si>
+  <si>
+    <t>Antonín Kratochvíla</t>
+  </si>
+  <si>
+    <t>1.3.2025</t>
+  </si>
+  <si>
+    <t>15.2.2025</t>
+  </si>
+  <si>
+    <t>1.2.2025</t>
+  </si>
+  <si>
+    <t>19.10.2024</t>
+  </si>
+  <si>
+    <t>6.4.2024</t>
+  </si>
+  <si>
+    <t>16.3.2024</t>
+  </si>
+  <si>
+    <t>2.3.2024</t>
+  </si>
+  <si>
+    <t>3.2.2024</t>
+  </si>
+  <si>
+    <t>25.11.2023</t>
+  </si>
+  <si>
+    <t>11.11.2023</t>
+  </si>
+  <si>
+    <t>16.9.2023</t>
+  </si>
+  <si>
     <t>3.4.2022</t>
-  </si>
-[...115 lines deleted...]
-    <t>15.1.2022</t>
   </si>
   <si>
     <t>Zdeněk Kratochvíla</t>
   </si>
   <si>
     <t>30.11.2025</t>
   </si>
   <si>
     <t>16.11.2025</t>
   </si>
   <si>
     <t>26.10.2025</t>
   </si>
   <si>
     <t>21.9.2025</t>
   </si>
   <si>
     <t>11.4.2025</t>
   </si>
   <si>
     <t>30.3.2025</t>
   </si>
   <si>
     <t>6.10.2024</t>
   </si>
@@ -1651,158 +1651,158 @@
       </c>
       <c r="AA11" s="7" t="s">
         <v>83</v>
       </c>
       <c r="AB11" s="7" t="s">
         <v>84</v>
       </c>
       <c r="AC11" s="7" t="s">
         <v>85</v>
       </c>
       <c r="AD11" s="7" t="s">
         <v>86</v>
       </c>
       <c r="AE11" s="7" t="s">
         <v>87</v>
       </c>
       <c r="AF11" s="7" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:32">
       <c r="B12" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C12" s="4">
+        <v>448</v>
+      </c>
+      <c r="D12" s="4">
         <v>455</v>
       </c>
-      <c r="D12" s="4">
+      <c r="E12" s="4">
         <v>460</v>
       </c>
-      <c r="E12" s="4">
+      <c r="F12" s="4">
         <v>436</v>
       </c>
-      <c r="F12" s="4">
+      <c r="G12" s="4">
         <v>468</v>
       </c>
-      <c r="G12" s="5">
+      <c r="H12" s="5">
         <v>547</v>
       </c>
-      <c r="H12" s="5">
+      <c r="I12" s="5">
         <v>580</v>
       </c>
-      <c r="I12" s="5">
+      <c r="J12" s="5">
         <v>529</v>
       </c>
-      <c r="J12" s="5">
+      <c r="K12" s="5">
         <v>539</v>
       </c>
-      <c r="K12" s="5">
+      <c r="L12" s="5">
         <v>571</v>
       </c>
-      <c r="L12" s="5">
+      <c r="M12" s="5">
         <v>546</v>
       </c>
-      <c r="M12" s="5">
+      <c r="N12" s="5">
         <v>535</v>
       </c>
-      <c r="N12" s="5">
+      <c r="O12" s="5">
         <v>580</v>
       </c>
-      <c r="O12" s="5">
+      <c r="P12" s="5">
         <v>546</v>
       </c>
-      <c r="P12" s="5">
+      <c r="Q12" s="5">
         <v>560</v>
       </c>
-      <c r="Q12" s="5">
+      <c r="R12" s="5">
         <v>551</v>
       </c>
-      <c r="R12" s="5">
+      <c r="S12" s="5">
         <v>576</v>
       </c>
-      <c r="S12" s="5">
+      <c r="T12" s="5">
         <v>548</v>
       </c>
-      <c r="T12" s="5">
+      <c r="U12" s="5">
         <v>549</v>
       </c>
-      <c r="U12" s="5">
+      <c r="V12" s="5">
         <v>556</v>
       </c>
-      <c r="V12" s="5">
+      <c r="W12" s="5">
         <v>538</v>
       </c>
-      <c r="W12" s="5">
+      <c r="X12" s="5">
         <v>543</v>
       </c>
-      <c r="X12" s="5">
+      <c r="Y12" s="5">
         <v>580</v>
       </c>
-      <c r="Y12" s="5">
+      <c r="Z12" s="5">
         <v>544</v>
       </c>
-      <c r="Z12" s="5">
+      <c r="AA12" s="5">
         <v>568</v>
       </c>
-      <c r="AA12" s="5">
+      <c r="AB12" s="5">
         <v>566</v>
       </c>
-      <c r="AB12" s="5">
+      <c r="AC12" s="5">
         <v>529</v>
       </c>
-      <c r="AC12" s="5">
+      <c r="AD12" s="5">
         <v>506</v>
       </c>
-      <c r="AD12" s="5">
+      <c r="AE12" s="5">
         <v>563</v>
       </c>
-      <c r="AE12" s="5">
+      <c r="AF12" s="5">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>546</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="7">
         <v>100</v>
       </c>
       <c r="D13" s="7">
         <v>100</v>
       </c>
       <c r="E13" s="7">
         <v>100</v>
       </c>
       <c r="F13" s="7">
         <v>100</v>
       </c>
-      <c r="G13" s="5">
-        <v>120</v>
+      <c r="G13" s="7">
+        <v>100</v>
       </c>
       <c r="H13" s="5">
         <v>120</v>
       </c>
       <c r="I13" s="5">
         <v>120</v>
       </c>
       <c r="J13" s="5">
         <v>120</v>
       </c>
       <c r="K13" s="5">
         <v>120</v>
       </c>
       <c r="L13" s="5">
         <v>120</v>
       </c>
       <c r="M13" s="5">
         <v>120</v>
       </c>
       <c r="N13" s="5">
         <v>120</v>
       </c>
       <c r="O13" s="5">
         <v>120</v>
       </c>
@@ -2198,232 +2198,232 @@
       <c r="B23" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>60</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>61</v>
       </c>
       <c r="F23" s="7" t="s">
         <v>62</v>
       </c>
       <c r="G23" s="7" t="s">
         <v>63</v>
       </c>
       <c r="H23" s="7" t="s">
         <v>64</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>65</v>
       </c>
       <c r="J23" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="K23" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="K23" s="7" t="s">
+      <c r="L23" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="L23" s="7" t="s">
+      <c r="M23" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="M23" s="7" t="s">
+      <c r="N23" s="7" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="O23" s="7" t="s">
         <v>69</v>
       </c>
       <c r="P23" s="7" t="s">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="Q23" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="R23" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="R23" s="7" t="s">
+      <c r="S23" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="S23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T23" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="U23" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="U23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V23" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="W23" s="7" t="s">
         <v>124</v>
       </c>
-      <c r="W23" s="7" t="s">
+      <c r="X23" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="X23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Y23" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="Z23" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AA23" s="7" t="s">
+        <v>76</v>
+      </c>
+      <c r="AB23" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="AB23" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AC23" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="AD23" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="AD23" s="7" t="s">
+      <c r="AE23" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="AE23" s="7" t="s">
+      <c r="AF23" s="7" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="24" spans="1:32">
       <c r="B24" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="4">
+        <v>443</v>
+      </c>
+      <c r="D24" s="4">
         <v>505</v>
       </c>
-      <c r="D24" s="4">
+      <c r="E24" s="4">
         <v>462</v>
       </c>
-      <c r="E24" s="4">
+      <c r="F24" s="4">
         <v>459</v>
       </c>
-      <c r="F24" s="4">
+      <c r="G24" s="4">
         <v>455</v>
       </c>
-      <c r="G24" s="5">
+      <c r="H24" s="5">
         <v>531</v>
       </c>
-      <c r="H24" s="5">
+      <c r="I24" s="5">
         <v>586</v>
       </c>
-      <c r="I24" s="5">
+      <c r="J24" s="5">
         <v>541</v>
       </c>
-      <c r="J24" s="5">
+      <c r="K24" s="5">
         <v>618</v>
       </c>
-      <c r="K24" s="5">
+      <c r="L24" s="5">
         <v>578</v>
       </c>
-      <c r="L24" s="5">
+      <c r="M24" s="5">
         <v>583</v>
       </c>
-      <c r="M24" s="5">
+      <c r="N24" s="5">
         <v>569</v>
       </c>
-      <c r="N24" s="5">
+      <c r="O24" s="5">
         <v>600</v>
       </c>
-      <c r="O24" s="5">
+      <c r="P24" s="5">
         <v>541</v>
       </c>
-      <c r="P24" s="5">
+      <c r="Q24" s="5">
         <v>579</v>
       </c>
-      <c r="Q24" s="5">
+      <c r="R24" s="5">
         <v>548</v>
       </c>
-      <c r="R24" s="5">
+      <c r="S24" s="5">
         <v>648</v>
       </c>
-      <c r="S24" s="5">
+      <c r="T24" s="5">
         <v>561</v>
       </c>
-      <c r="T24" s="5">
+      <c r="U24" s="5">
         <v>587</v>
       </c>
-      <c r="U24" s="5">
+      <c r="V24" s="5">
         <v>588</v>
       </c>
-      <c r="V24" s="5">
+      <c r="W24" s="5">
         <v>577</v>
       </c>
-      <c r="W24" s="5">
+      <c r="X24" s="5">
         <v>546</v>
       </c>
-      <c r="X24" s="5">
+      <c r="Y24" s="5">
         <v>580</v>
       </c>
-      <c r="Y24" s="5">
+      <c r="Z24" s="5">
         <v>552</v>
       </c>
-      <c r="Z24" s="5">
+      <c r="AA24" s="5">
         <v>555</v>
       </c>
-      <c r="AA24" s="5">
+      <c r="AB24" s="5">
         <v>521</v>
       </c>
-      <c r="AB24" s="5">
+      <c r="AC24" s="5">
         <v>558</v>
       </c>
-      <c r="AC24" s="5">
+      <c r="AD24" s="5">
         <v>553</v>
       </c>
-      <c r="AD24" s="5">
+      <c r="AE24" s="5">
         <v>581</v>
       </c>
-      <c r="AE24" s="5">
+      <c r="AF24" s="5">
         <v>582</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="25" spans="1:32">
       <c r="B25" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C25" s="7">
         <v>100</v>
       </c>
       <c r="D25" s="7">
         <v>100</v>
       </c>
       <c r="E25" s="7">
         <v>100</v>
       </c>
       <c r="F25" s="7">
         <v>100</v>
       </c>
-      <c r="G25" s="5">
-        <v>120</v>
+      <c r="G25" s="7">
+        <v>100</v>
       </c>
       <c r="H25" s="5">
         <v>120</v>
       </c>
       <c r="I25" s="5">
         <v>120</v>
       </c>
       <c r="J25" s="5">
         <v>120</v>
       </c>
       <c r="K25" s="5">
         <v>120</v>
       </c>
       <c r="L25" s="5">
         <v>120</v>
       </c>
       <c r="M25" s="5">
         <v>120</v>
       </c>
       <c r="N25" s="5">
         <v>120</v>
       </c>
       <c r="O25" s="5">
         <v>120</v>
       </c>
@@ -2477,51 +2477,51 @@
       </c>
       <c r="AF25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>129</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>130</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>131</v>
       </c>
       <c r="F27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G27" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H27" s="7" t="s">
         <v>132</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>133</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>134</v>
       </c>
       <c r="K27" s="7" t="s">
         <v>6</v>
       </c>
       <c r="L27" s="7" t="s">
         <v>8</v>
       </c>
       <c r="M27" s="7" t="s">
         <v>9</v>
       </c>
       <c r="N27" s="7" t="s">
         <v>135</v>
       </c>
       <c r="O27" s="7" t="s">
         <v>136</v>
       </c>
@@ -2762,117 +2762,117 @@
       </c>
       <c r="AE29" s="7">
         <v>100</v>
       </c>
       <c r="AF29" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
         <v>139</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
         <v>120</v>
       </c>
       <c r="D31" s="7" t="s">
         <v>121</v>
       </c>
       <c r="E31" s="7" t="s">
         <v>122</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="G31" s="7" t="s">
         <v>123</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>124</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>125</v>
       </c>
       <c r="K31" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L31" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M31" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N31" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="O31" s="7" t="s">
         <v>126</v>
       </c>
       <c r="P31" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="Q31" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="R31" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="S31" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="T31" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="U31" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="V31" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="W31" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>140</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="AB31" s="7" t="s">
-        <v>88</v>
+        <v>127</v>
       </c>
       <c r="AC31" s="7" t="s">
         <v>94</v>
       </c>
       <c r="AD31" s="7" t="s">
         <v>25</v>
       </c>
       <c r="AE31" s="7" t="s">
         <v>95</v>
       </c>
       <c r="AF31" s="7" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="5">
         <v>552</v>
       </c>
       <c r="D32" s="5">
         <v>553</v>
       </c>
       <c r="E32" s="5">
@@ -3308,51 +3308,51 @@
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
         <v>153</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
         <v>129</v>
       </c>
       <c r="D39" s="7" t="s">
         <v>130</v>
       </c>
       <c r="E39" s="7" t="s">
         <v>131</v>
       </c>
       <c r="F39" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>154</v>
       </c>
       <c r="H39" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>132</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>133</v>
       </c>
       <c r="K39" s="7" t="s">
         <v>134</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>4</v>
       </c>
       <c r="M39" s="7" t="s">
         <v>155</v>
       </c>
       <c r="N39" s="7" t="s">
         <v>5</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>6</v>
       </c>
       <c r="P39" s="7" t="s">
         <v>7</v>
       </c>
@@ -3584,247 +3584,247 @@
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
         <v>59</v>
       </c>
       <c r="D43" s="7" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>62</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>63</v>
       </c>
       <c r="G43" s="7" t="s">
         <v>64</v>
       </c>
       <c r="H43" s="7" t="s">
         <v>65</v>
       </c>
       <c r="I43" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="J43" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="J43" s="7" t="s">
+      <c r="K43" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="K43" s="7" t="s">
+      <c r="L43" s="7" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="M43" s="7" t="s">
         <v>67</v>
       </c>
       <c r="N43" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="O43" s="7" t="s">
         <v>157</v>
       </c>
-      <c r="O43" s="7" t="s">
+      <c r="P43" s="7" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="Q43" s="7" t="s">
         <v>69</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>120</v>
+        <v>70</v>
       </c>
       <c r="S43" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="T43" s="7" t="s">
         <v>121</v>
       </c>
-      <c r="T43" s="7" t="s">
+      <c r="U43" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="U43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="V43" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="W43" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="W43" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="X43" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="Y43" s="7" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>73</v>
       </c>
       <c r="AA43" s="7" t="s">
         <v>74</v>
       </c>
       <c r="AB43" s="7" t="s">
         <v>75</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>76</v>
       </c>
       <c r="AD43" s="7" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="AE43" s="7" t="s">
         <v>80</v>
       </c>
       <c r="AF43" s="7" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
+        <v>452</v>
+      </c>
+      <c r="D44" s="4">
         <v>487</v>
       </c>
-      <c r="D44" s="4">
+      <c r="E44" s="4">
         <v>438</v>
       </c>
-      <c r="E44" s="4">
+      <c r="F44" s="4">
         <v>464</v>
       </c>
-      <c r="F44" s="5">
+      <c r="G44" s="5">
         <v>553</v>
       </c>
-      <c r="G44" s="5">
+      <c r="H44" s="5">
         <v>571</v>
       </c>
-      <c r="H44" s="5">
+      <c r="I44" s="5">
         <v>505</v>
       </c>
-      <c r="I44" s="5">
+      <c r="J44" s="5">
         <v>533</v>
       </c>
-      <c r="J44" s="5">
+      <c r="K44" s="5">
         <v>524</v>
       </c>
-      <c r="K44" s="5">
+      <c r="L44" s="5">
         <v>557</v>
       </c>
-      <c r="L44" s="5">
+      <c r="M44" s="5">
         <v>560</v>
       </c>
-      <c r="M44" s="5">
+      <c r="N44" s="5">
         <v>557</v>
       </c>
-      <c r="N44" s="5">
+      <c r="O44" s="5">
         <v>512</v>
       </c>
-      <c r="O44" s="5">
+      <c r="P44" s="5">
         <v>556</v>
       </c>
-      <c r="P44" s="5">
+      <c r="Q44" s="5">
         <v>543</v>
       </c>
-      <c r="Q44" s="5">
+      <c r="R44" s="5">
         <v>553</v>
       </c>
-      <c r="R44" s="5">
+      <c r="S44" s="5">
         <v>543</v>
       </c>
-      <c r="S44" s="5">
+      <c r="T44" s="5">
         <v>535</v>
       </c>
-      <c r="T44" s="5">
+      <c r="U44" s="5">
         <v>543</v>
       </c>
-      <c r="U44" s="5">
+      <c r="V44" s="5">
         <v>532</v>
       </c>
-      <c r="V44" s="5">
+      <c r="W44" s="5">
         <v>561</v>
       </c>
-      <c r="W44" s="5">
+      <c r="X44" s="5">
         <v>516</v>
       </c>
-      <c r="X44" s="5">
+      <c r="Y44" s="5">
         <v>586</v>
       </c>
-      <c r="Y44" s="5">
+      <c r="Z44" s="5">
         <v>577</v>
       </c>
-      <c r="Z44" s="5">
+      <c r="AA44" s="5">
         <v>550</v>
       </c>
-      <c r="AA44" s="5">
+      <c r="AB44" s="5">
         <v>583</v>
       </c>
-      <c r="AB44" s="5">
+      <c r="AC44" s="5">
         <v>555</v>
       </c>
-      <c r="AC44" s="5">
+      <c r="AD44" s="5">
         <v>573</v>
       </c>
-      <c r="AD44" s="5">
+      <c r="AE44" s="5">
         <v>542</v>
       </c>
-      <c r="AE44" s="5">
+      <c r="AF44" s="5">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="45" spans="1:32">
       <c r="B45" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C45" s="7">
         <v>100</v>
       </c>
       <c r="D45" s="7">
         <v>100</v>
       </c>
       <c r="E45" s="7">
         <v>100</v>
       </c>
-      <c r="F45" s="5">
-        <v>120</v>
+      <c r="F45" s="7">
+        <v>100</v>
       </c>
       <c r="G45" s="5">
         <v>120</v>
       </c>
       <c r="H45" s="5">
         <v>120</v>
       </c>
       <c r="I45" s="5">
         <v>120</v>
       </c>
       <c r="J45" s="5">
         <v>120</v>
       </c>
       <c r="K45" s="5">
         <v>120</v>
       </c>
       <c r="L45" s="5">
         <v>120</v>
       </c>
       <c r="M45" s="5">
         <v>120</v>
       </c>
       <c r="N45" s="5">
         <v>120</v>
       </c>
@@ -3968,328 +3968,328 @@
       </c>
       <c r="G49" s="7">
         <v>100</v>
       </c>
       <c r="H49" s="7">
         <v>100</v>
       </c>
       <c r="I49" s="7">
         <v>100</v>
       </c>
       <c r="J49" s="7">
         <v>100</v>
       </c>
       <c r="K49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
         <v>169</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D51" s="7" t="s">
         <v>61</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>62</v>
       </c>
       <c r="F51" s="7" t="s">
         <v>63</v>
       </c>
       <c r="G51" s="7" t="s">
         <v>64</v>
       </c>
       <c r="H51" s="7" t="s">
         <v>65</v>
       </c>
       <c r="I51" s="7" t="s">
+        <v>66</v>
+      </c>
+      <c r="J51" s="7" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K51" s="7" t="s">
         <v>67</v>
       </c>
       <c r="L51" s="7" t="s">
+        <v>68</v>
+      </c>
+      <c r="M51" s="7" t="s">
         <v>158</v>
       </c>
-      <c r="M51" s="7" t="s">
+      <c r="N51" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="N51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O51" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="P51" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="P51" s="7" t="s">
+      <c r="Q51" s="7" t="s">
         <v>90</v>
       </c>
-      <c r="Q51" s="7" t="s">
+      <c r="R51" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="R51" s="7" t="s">
+      <c r="S51" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="S51" s="7" t="s">
+      <c r="T51" s="7" t="s">
         <v>12</v>
       </c>
-      <c r="T51" s="7" t="s">
+      <c r="U51" s="7" t="s">
         <v>91</v>
       </c>
-      <c r="U51" s="7" t="s">
+      <c r="V51" s="7" t="s">
         <v>13</v>
       </c>
-      <c r="V51" s="7" t="s">
+      <c r="W51" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="W51" s="7" t="s">
+      <c r="X51" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="X51" s="7" t="s">
+      <c r="Y51" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="Y51" s="7" t="s">
+      <c r="Z51" s="7" t="s">
         <v>93</v>
       </c>
-      <c r="Z51" s="7" t="s">
+      <c r="AA51" s="7" t="s">
         <v>137</v>
       </c>
-      <c r="AA51" s="7" t="s">
+      <c r="AB51" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="AB51" s="7" t="s">
+      <c r="AC51" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="AC51" s="7" t="s">
+      <c r="AD51" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="AD51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE51" s="7" t="s">
+        <v>78</v>
+      </c>
+      <c r="AF51" s="7" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="4">
+        <v>477</v>
+      </c>
+      <c r="D52" s="4">
         <v>461</v>
       </c>
-      <c r="D52" s="4">
+      <c r="E52" s="4">
         <v>456</v>
       </c>
-      <c r="E52" s="4">
+      <c r="F52" s="4">
         <v>448</v>
       </c>
-      <c r="F52" s="5">
+      <c r="G52" s="5">
         <v>527</v>
       </c>
-      <c r="G52" s="5">
+      <c r="H52" s="5">
         <v>553</v>
       </c>
-      <c r="H52" s="5">
+      <c r="I52" s="5">
         <v>509</v>
       </c>
-      <c r="I52" s="5">
+      <c r="J52" s="5">
         <v>523</v>
       </c>
-      <c r="J52" s="5">
+      <c r="K52" s="5">
         <v>543</v>
       </c>
-      <c r="K52" s="5">
+      <c r="L52" s="5">
         <v>540</v>
       </c>
-      <c r="L52" s="5">
+      <c r="M52" s="5">
         <v>562</v>
       </c>
-      <c r="M52" s="5">
+      <c r="N52" s="5">
         <v>550</v>
       </c>
-      <c r="N52" s="5">
+      <c r="O52" s="5">
         <v>531</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>445</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>466</v>
       </c>
-      <c r="Q52" s="4">
+      <c r="R52" s="4">
         <v>486</v>
       </c>
-      <c r="R52" s="5">
+      <c r="S52" s="5">
         <v>574</v>
       </c>
-      <c r="S52" s="4">
+      <c r="T52" s="4">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>497</v>
       </c>
       <c r="U52" s="4">
         <v>497</v>
       </c>
       <c r="V52" s="4">
+        <v>497</v>
+      </c>
+      <c r="W52" s="4">
         <v>458</v>
       </c>
-      <c r="W52" s="5">
+      <c r="X52" s="5">
         <v>575</v>
       </c>
-      <c r="X52" s="4">
+      <c r="Y52" s="4">
         <v>475</v>
       </c>
-      <c r="Y52" s="4">
+      <c r="Z52" s="4">
         <v>464</v>
       </c>
-      <c r="Z52" s="4">
+      <c r="AA52" s="4">
         <v>434</v>
       </c>
-      <c r="AA52" s="4">
+      <c r="AB52" s="4">
         <v>443</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>436</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>439</v>
       </c>
-      <c r="AD52" s="5">
+      <c r="AE52" s="5">
         <v>591</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>445</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="7">
         <v>100</v>
       </c>
       <c r="D53" s="7">
         <v>100</v>
       </c>
       <c r="E53" s="7">
         <v>100</v>
       </c>
-      <c r="F53" s="5">
-        <v>120</v>
+      <c r="F53" s="7">
+        <v>100</v>
       </c>
       <c r="G53" s="5">
         <v>120</v>
       </c>
       <c r="H53" s="5">
         <v>120</v>
       </c>
       <c r="I53" s="5">
         <v>120</v>
       </c>
       <c r="J53" s="5">
         <v>120</v>
       </c>
       <c r="K53" s="5">
         <v>120</v>
       </c>
       <c r="L53" s="5">
         <v>120</v>
       </c>
       <c r="M53" s="5">
         <v>120</v>
       </c>
       <c r="N53" s="5">
         <v>120</v>
       </c>
-      <c r="O53" s="7">
-        <v>100</v>
+      <c r="O53" s="5">
+        <v>120</v>
       </c>
       <c r="P53" s="7">
         <v>100</v>
       </c>
       <c r="Q53" s="7">
         <v>100</v>
       </c>
-      <c r="R53" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="R53" s="7">
+        <v>100</v>
+      </c>
+      <c r="S53" s="5">
+        <v>120</v>
       </c>
       <c r="T53" s="7">
         <v>100</v>
       </c>
       <c r="U53" s="7">
         <v>100</v>
       </c>
       <c r="V53" s="7">
         <v>100</v>
       </c>
-      <c r="W53" s="5">
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="W53" s="7">
+        <v>100</v>
+      </c>
+      <c r="X53" s="5">
+        <v>120</v>
       </c>
       <c r="Y53" s="7">
         <v>100</v>
       </c>
       <c r="Z53" s="7">
         <v>100</v>
       </c>
       <c r="AA53" s="7">
         <v>100</v>
       </c>
       <c r="AB53" s="7">
         <v>100</v>
       </c>
       <c r="AC53" s="7">
         <v>100</v>
       </c>
-      <c r="AD53" s="5">
-[...6 lines deleted...]
-        <v>120</v>
+      <c r="AD53" s="7">
+        <v>100</v>
+      </c>
+      <c r="AE53" s="5">
+        <v>120</v>
+      </c>
+      <c r="AF53" s="7">
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
         <v>170</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
         <v>111</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>113</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>39</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>171</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>149</v>
       </c>
       <c r="H55" s="7" t="s">
@@ -4820,51 +4820,51 @@
       </c>
     </row>
     <row r="63" spans="1:32">
       <c r="A63" s="2" t="s">
         <v>191</v>
       </c>
       <c r="B63" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C63" s="7" t="s">
         <v>129</v>
       </c>
       <c r="D63" s="7" t="s">
         <v>130</v>
       </c>
       <c r="E63" s="7" t="s">
         <v>131</v>
       </c>
       <c r="F63" s="7" t="s">
         <v>3</v>
       </c>
       <c r="G63" s="7" t="s">
         <v>154</v>
       </c>
       <c r="H63" s="7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I63" s="7" t="s">
         <v>132</v>
       </c>
       <c r="J63" s="7" t="s">
         <v>133</v>
       </c>
       <c r="K63" s="7" t="s">
         <v>134</v>
       </c>
       <c r="L63" s="7" t="s">
         <v>4</v>
       </c>
       <c r="M63" s="7" t="s">
         <v>155</v>
       </c>
       <c r="N63" s="7" t="s">
         <v>5</v>
       </c>
       <c r="O63" s="7" t="s">
         <v>118</v>
       </c>
       <c r="P63" s="7" t="s">
         <v>6</v>
       </c>