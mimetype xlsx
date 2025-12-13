--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="216">
   <si>
     <t>Výsledky hráčů družstva TJ Horní Benešov ˝B˝ na kuželně  Horní Benešov</t>
   </si>
   <si>
     <t>Martin Bilíček</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>8.2.2025</t>
   </si>
   <si>
     <t>24.11.2024</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
   <si>
     <t>19.10.2024</t>
   </si>
   <si>
     <t>12.10.2024</t>
   </si>
   <si>
@@ -447,50 +447,53 @@
     <t>21.10.2023</t>
   </si>
   <si>
     <t>17.12.2022</t>
   </si>
   <si>
     <t>10.12.2022</t>
   </si>
   <si>
     <t>19.3.2022</t>
   </si>
   <si>
     <t>12.2.2022</t>
   </si>
   <si>
     <t>22.1.2022</t>
   </si>
   <si>
     <t>4.12.2021</t>
   </si>
   <si>
     <t>27.11.2021</t>
   </si>
   <si>
     <t>Luděk Zeman</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>9.11.2024</t>
   </si>
   <si>
     <t>28.10.2023</t>
   </si>
   <si>
     <t>24.9.2022</t>
   </si>
   <si>
     <t>Michal Klich</t>
   </si>
   <si>
     <t>23.3.2024</t>
   </si>
   <si>
     <t>2.3.2024</t>
   </si>
@@ -2852,241 +2855,241 @@
       </c>
       <c r="AD25" s="7">
         <v>100</v>
       </c>
       <c r="AE25" s="7">
         <v>100</v>
       </c>
       <c r="AF25" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:32">
       <c r="A27" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>145</v>
       </c>
       <c r="D27" s="7" t="s">
         <v>146</v>
       </c>
       <c r="E27" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="F27" s="7" t="s">
         <v>37</v>
       </c>
-      <c r="F27" s="7" t="s">
+      <c r="G27" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="G27" s="7" t="s">
+      <c r="H27" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="H27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I27" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="J27" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J27" s="7" t="s">
+      <c r="K27" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="K27" s="7" t="s">
+      <c r="L27" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="L27" s="7" t="s">
+      <c r="M27" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="M27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="N27" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="O27" s="7" t="s">
         <v>14</v>
       </c>
-      <c r="O27" s="7" t="s">
+      <c r="P27" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="P27" s="7" t="s">
+      <c r="Q27" s="7" t="s">
         <v>115</v>
       </c>
-      <c r="Q27" s="7" t="s">
+      <c r="R27" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="R27" s="7" t="s">
+      <c r="S27" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="S27" s="7" t="s">
+      <c r="T27" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="T27" s="7" t="s">
+      <c r="U27" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="U27" s="7" t="s">
+      <c r="V27" s="7" t="s">
         <v>48</v>
       </c>
-      <c r="V27" s="7" t="s">
+      <c r="W27" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="W27" s="7" t="s">
+      <c r="X27" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="X27" s="7" t="s">
+      <c r="Y27" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="Y27" s="7" t="s">
+      <c r="Z27" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="Z27" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AA27" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="AB27" s="7" t="s">
         <v>56</v>
       </c>
-      <c r="AB27" s="7" t="s">
+      <c r="AC27" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="AC27" s="7" t="s">
+      <c r="AD27" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="AD27" s="7" t="s">
+      <c r="AE27" s="7" t="s">
         <v>78</v>
       </c>
-      <c r="AE27" s="7" t="s">
+      <c r="AF27" s="7" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:32">
       <c r="B28" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="5">
+        <v>593</v>
+      </c>
+      <c r="D28" s="5">
         <v>537</v>
       </c>
-      <c r="D28" s="5">
+      <c r="E28" s="5">
         <v>497</v>
       </c>
-      <c r="E28" s="4">
+      <c r="F28" s="4">
         <v>466</v>
       </c>
-      <c r="F28" s="4">
+      <c r="G28" s="4">
         <v>416</v>
       </c>
-      <c r="G28" s="4">
+      <c r="H28" s="4">
         <v>412</v>
       </c>
-      <c r="H28" s="4">
+      <c r="I28" s="4">
         <v>426</v>
       </c>
-      <c r="I28" s="4">
+      <c r="J28" s="4">
         <v>430</v>
       </c>
-      <c r="J28" s="4">
+      <c r="K28" s="4">
         <v>432</v>
       </c>
-      <c r="K28" s="4">
+      <c r="L28" s="4">
         <v>421</v>
       </c>
-      <c r="L28" s="4">
+      <c r="M28" s="4">
         <v>468</v>
       </c>
-      <c r="M28" s="4">
+      <c r="N28" s="4">
         <v>401</v>
       </c>
-      <c r="N28" s="4">
+      <c r="O28" s="4">
         <v>428</v>
       </c>
-      <c r="O28" s="4">
+      <c r="P28" s="4">
         <v>425</v>
       </c>
-      <c r="P28" s="4">
+      <c r="Q28" s="4">
         <v>464</v>
       </c>
-      <c r="Q28" s="4">
+      <c r="R28" s="4">
         <v>383</v>
       </c>
-      <c r="R28" s="4">
+      <c r="S28" s="4">
         <v>462</v>
       </c>
-      <c r="S28" s="4">
+      <c r="T28" s="4">
         <v>453</v>
       </c>
-      <c r="T28" s="4">
+      <c r="U28" s="4">
         <v>413</v>
       </c>
-      <c r="U28" s="4">
+      <c r="V28" s="4">
         <v>391</v>
       </c>
-      <c r="V28" s="4">
+      <c r="W28" s="4">
         <v>436</v>
       </c>
-      <c r="W28" s="4">
+      <c r="X28" s="4">
         <v>414</v>
       </c>
-      <c r="X28" s="4">
+      <c r="Y28" s="4">
         <v>441</v>
       </c>
-      <c r="Y28" s="4">
+      <c r="Z28" s="4">
         <v>444</v>
       </c>
-      <c r="Z28" s="4">
+      <c r="AA28" s="4">
         <v>416</v>
       </c>
-      <c r="AA28" s="5">
+      <c r="AB28" s="5">
         <v>593</v>
       </c>
-      <c r="AB28" s="5">
+      <c r="AC28" s="5">
         <v>554</v>
       </c>
-      <c r="AC28" s="5">
+      <c r="AD28" s="5">
         <v>531</v>
       </c>
-      <c r="AD28" s="5">
+      <c r="AE28" s="5">
         <v>508</v>
       </c>
-      <c r="AE28" s="5">
+      <c r="AF28" s="5">
         <v>557</v>
-      </c>
-[...1 lines deleted...]
-        <v>554</v>
       </c>
     </row>
     <row r="29" spans="1:32">
       <c r="B29" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C29" s="5">
         <v>120</v>
       </c>
       <c r="D29" s="5">
         <v>120</v>
       </c>
-      <c r="E29" s="7">
-        <v>100</v>
+      <c r="E29" s="5">
+        <v>120</v>
       </c>
       <c r="F29" s="7">
         <v>100</v>
       </c>
       <c r="G29" s="7">
         <v>100</v>
       </c>
       <c r="H29" s="7">
         <v>100</v>
       </c>
       <c r="I29" s="7">
         <v>100</v>
       </c>
       <c r="J29" s="7">
         <v>100</v>
       </c>
       <c r="K29" s="7">
         <v>100</v>
       </c>
       <c r="L29" s="7">
         <v>100</v>
       </c>
       <c r="M29" s="7">
         <v>100</v>
       </c>
@@ -3107,165 +3110,165 @@
       </c>
       <c r="S29" s="7">
         <v>100</v>
       </c>
       <c r="T29" s="7">
         <v>100</v>
       </c>
       <c r="U29" s="7">
         <v>100</v>
       </c>
       <c r="V29" s="7">
         <v>100</v>
       </c>
       <c r="W29" s="7">
         <v>100</v>
       </c>
       <c r="X29" s="7">
         <v>100</v>
       </c>
       <c r="Y29" s="7">
         <v>100</v>
       </c>
       <c r="Z29" s="7">
         <v>100</v>
       </c>
-      <c r="AA29" s="5">
-        <v>120</v>
+      <c r="AA29" s="7">
+        <v>100</v>
       </c>
       <c r="AB29" s="5">
         <v>120</v>
       </c>
       <c r="AC29" s="5">
         <v>120</v>
       </c>
       <c r="AD29" s="5">
         <v>120</v>
       </c>
       <c r="AE29" s="5">
         <v>120</v>
       </c>
       <c r="AF29" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="31" spans="1:32">
       <c r="A31" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D31" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="E31" s="7" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F31" s="7" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="G31" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="H31" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>16</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>17</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>138</v>
       </c>
       <c r="M31" s="7" t="s">
         <v>50</v>
       </c>
       <c r="N31" s="7" t="s">
         <v>51</v>
       </c>
       <c r="O31" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="P31" s="7" t="s">
         <v>53</v>
       </c>
       <c r="Q31" s="7" t="s">
         <v>55</v>
       </c>
       <c r="R31" s="7" t="s">
         <v>56</v>
       </c>
       <c r="S31" s="7" t="s">
         <v>82</v>
       </c>
       <c r="T31" s="7" t="s">
         <v>21</v>
       </c>
       <c r="U31" s="7" t="s">
         <v>23</v>
       </c>
       <c r="V31" s="7" t="s">
         <v>24</v>
       </c>
       <c r="W31" s="7" t="s">
         <v>25</v>
       </c>
       <c r="X31" s="7" t="s">
         <v>26</v>
       </c>
       <c r="Y31" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Z31" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="AA31" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="AB31" s="7" t="s">
         <v>126</v>
       </c>
       <c r="AC31" s="7" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="AD31" s="7" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="AE31" s="7" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="AF31" s="7" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="32" spans="1:32">
       <c r="B32" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C32" s="4">
         <v>467</v>
       </c>
       <c r="D32" s="4">
         <v>458</v>
       </c>
       <c r="E32" s="4">
         <v>467</v>
       </c>
       <c r="F32" s="4">
         <v>473</v>
       </c>
       <c r="G32" s="4">
         <v>468</v>
       </c>
       <c r="H32" s="4">
         <v>431</v>
       </c>
       <c r="I32" s="4">
@@ -3416,144 +3419,144 @@
       </c>
       <c r="Z33" s="5">
         <v>120</v>
       </c>
       <c r="AA33" s="5">
         <v>120</v>
       </c>
       <c r="AB33" s="7">
         <v>100</v>
       </c>
       <c r="AC33" s="7">
         <v>100</v>
       </c>
       <c r="AD33" s="7">
         <v>100</v>
       </c>
       <c r="AE33" s="7">
         <v>100</v>
       </c>
       <c r="AF33" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:32">
       <c r="A35" s="2" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B35" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D35" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E35" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F35" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G35" s="7" t="s">
         <v>37</v>
       </c>
       <c r="H35" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="I35" s="7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>39</v>
       </c>
       <c r="K35" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>40</v>
       </c>
       <c r="M35" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="N35" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="O35" s="7" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="P35" s="7" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="Q35" s="7" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="R35" s="7" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="S35" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="T35" s="7" t="s">
         <v>116</v>
       </c>
       <c r="U35" s="7" t="s">
         <v>117</v>
       </c>
       <c r="V35" s="7" t="s">
         <v>118</v>
       </c>
       <c r="W35" s="7" t="s">
         <v>47</v>
       </c>
       <c r="X35" s="7" t="s">
         <v>119</v>
       </c>
       <c r="Y35" s="7" t="s">
         <v>137</v>
       </c>
       <c r="Z35" s="7" t="s">
         <v>138</v>
       </c>
       <c r="AA35" s="7" t="s">
         <v>122</v>
       </c>
       <c r="AB35" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AC35" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AD35" s="7" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="AE35" s="7" t="s">
         <v>142</v>
       </c>
       <c r="AF35" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="36" spans="1:32">
       <c r="B36" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C36" s="4">
         <v>444</v>
       </c>
       <c r="D36" s="4">
         <v>453</v>
       </c>
       <c r="E36" s="4">
         <v>419</v>
       </c>
       <c r="F36" s="4">
         <v>407</v>
       </c>
       <c r="G36" s="4">
         <v>419</v>
       </c>
       <c r="H36" s="4">
         <v>393</v>
       </c>
       <c r="I36" s="4">
@@ -3704,141 +3707,141 @@
       </c>
       <c r="Z37" s="7">
         <v>100</v>
       </c>
       <c r="AA37" s="7">
         <v>100</v>
       </c>
       <c r="AB37" s="7">
         <v>100</v>
       </c>
       <c r="AC37" s="7">
         <v>100</v>
       </c>
       <c r="AD37" s="7">
         <v>100</v>
       </c>
       <c r="AE37" s="7">
         <v>100</v>
       </c>
       <c r="AF37" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:32">
       <c r="A39" s="2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="B39" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D39" s="7" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="E39" s="7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F39" s="7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G39" s="7" t="s">
         <v>36</v>
       </c>
       <c r="H39" s="7" t="s">
         <v>37</v>
       </c>
       <c r="I39" s="7" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>38</v>
       </c>
       <c r="K39" s="7" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="L39" s="7" t="s">
         <v>39</v>
       </c>
       <c r="M39" s="7" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="N39" s="7" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="O39" s="7" t="s">
         <v>40</v>
       </c>
       <c r="P39" s="7" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="Q39" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="R39" s="7" t="s">
         <v>73</v>
       </c>
       <c r="S39" s="7" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="T39" s="7" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="U39" s="7" t="s">
         <v>115</v>
       </c>
       <c r="V39" s="7" t="s">
         <v>116</v>
       </c>
       <c r="W39" s="7" t="s">
         <v>117</v>
       </c>
       <c r="X39" s="7" t="s">
         <v>118</v>
       </c>
       <c r="Y39" s="7" t="s">
         <v>119</v>
       </c>
       <c r="Z39" s="7" t="s">
         <v>137</v>
       </c>
       <c r="AA39" s="7" t="s">
         <v>138</v>
       </c>
       <c r="AB39" s="7" t="s">
         <v>121</v>
       </c>
       <c r="AC39" s="7" t="s">
         <v>122</v>
       </c>
       <c r="AD39" s="7" t="s">
         <v>53</v>
       </c>
       <c r="AE39" s="7" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="AF39" s="7" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="40" spans="1:32">
       <c r="B40" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C40" s="4">
         <v>425</v>
       </c>
       <c r="D40" s="4">
         <v>437</v>
       </c>
       <c r="E40" s="4">
         <v>451</v>
       </c>
       <c r="F40" s="4">
         <v>439</v>
       </c>
       <c r="G40" s="4">
         <v>422</v>
       </c>
       <c r="H40" s="4">
@@ -3992,144 +3995,144 @@
       </c>
       <c r="Z41" s="7">
         <v>100</v>
       </c>
       <c r="AA41" s="7">
         <v>100</v>
       </c>
       <c r="AB41" s="7">
         <v>100</v>
       </c>
       <c r="AC41" s="7">
         <v>100</v>
       </c>
       <c r="AD41" s="7">
         <v>100</v>
       </c>
       <c r="AE41" s="7">
         <v>100</v>
       </c>
       <c r="AF41" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:32">
       <c r="A43" s="2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B43" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D43" s="7" t="s">
         <v>53</v>
       </c>
       <c r="E43" s="7" t="s">
         <v>142</v>
       </c>
       <c r="F43" s="7" t="s">
         <v>143</v>
       </c>
       <c r="G43" s="7" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="H43" s="7" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="I43" s="7" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="J43" s="7" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="K43" s="7" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="L43" s="7" t="s">
         <v>62</v>
       </c>
       <c r="M43" s="7" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="N43" s="7" t="s">
         <v>23</v>
       </c>
       <c r="O43" s="7" t="s">
         <v>24</v>
       </c>
       <c r="P43" s="7" t="s">
         <v>25</v>
       </c>
       <c r="Q43" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="R43" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="S43" s="7" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="T43" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="U43" s="7" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="V43" s="7" t="s">
         <v>126</v>
       </c>
       <c r="W43" s="7" t="s">
         <v>32</v>
       </c>
       <c r="X43" s="7" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="Y43" s="7" t="s">
         <v>127</v>
       </c>
       <c r="Z43" s="7" t="s">
         <v>128</v>
       </c>
       <c r="AA43" s="7" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="AB43" s="7" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="AC43" s="7" t="s">
         <v>129</v>
       </c>
       <c r="AD43" s="7" t="s">
         <v>130</v>
       </c>
       <c r="AE43" s="7" t="s">
         <v>131</v>
       </c>
       <c r="AF43" s="7" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="44" spans="1:32">
       <c r="B44" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="4">
         <v>442</v>
       </c>
       <c r="D44" s="4">
         <v>459</v>
       </c>
       <c r="E44" s="5">
         <v>574</v>
       </c>
       <c r="F44" s="5">
         <v>615</v>
       </c>
       <c r="G44" s="5">
         <v>559</v>
       </c>
       <c r="H44" s="5">
         <v>545</v>
       </c>
       <c r="I44" s="5">
@@ -4280,144 +4283,144 @@
       </c>
       <c r="Z45" s="7">
         <v>100</v>
       </c>
       <c r="AA45" s="7">
         <v>100</v>
       </c>
       <c r="AB45" s="7">
         <v>100</v>
       </c>
       <c r="AC45" s="7">
         <v>100</v>
       </c>
       <c r="AD45" s="7">
         <v>100</v>
       </c>
       <c r="AE45" s="7">
         <v>100</v>
       </c>
       <c r="AF45" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="47" spans="1:32">
       <c r="A47" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B47" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C47" s="7" t="s">
         <v>80</v>
       </c>
       <c r="D47" s="7" t="s">
         <v>81</v>
       </c>
       <c r="E47" s="7" t="s">
         <v>60</v>
       </c>
       <c r="F47" s="7" t="s">
         <v>61</v>
       </c>
       <c r="G47" s="7" t="s">
         <v>62</v>
       </c>
       <c r="H47" s="7" t="s">
         <v>22</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>32</v>
       </c>
       <c r="J47" s="7" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="K47" s="7" t="s">
         <v>127</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>128</v>
       </c>
       <c r="M47" s="7" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N47" s="7" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="O47" s="7" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="P47" s="7" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="Q47" s="7" t="s">
         <v>130</v>
       </c>
       <c r="R47" s="7" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="S47" s="7" t="s">
         <v>131</v>
       </c>
       <c r="T47" s="7" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="U47" s="7" t="s">
         <v>132</v>
       </c>
       <c r="V47" s="7" t="s">
         <v>133</v>
       </c>
       <c r="W47" s="7" t="s">
         <v>133</v>
       </c>
       <c r="X47" s="7" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="Y47" s="7" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="Z47" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="AA47" s="7" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="AB47" s="7" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="AC47" s="7" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="AD47" s="7" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="AE47" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="AF47" s="7" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="48" spans="1:32">
       <c r="B48" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C48" s="4">
         <v>462</v>
       </c>
       <c r="D48" s="4">
         <v>453</v>
       </c>
       <c r="E48" s="4">
         <v>466</v>
       </c>
       <c r="F48" s="4">
         <v>424</v>
       </c>
       <c r="G48" s="5">
         <v>501</v>
       </c>
       <c r="H48" s="4">
         <v>438</v>
       </c>
       <c r="I48" s="4">
@@ -4568,432 +4571,432 @@
       </c>
       <c r="Z49" s="7">
         <v>100</v>
       </c>
       <c r="AA49" s="7">
         <v>100</v>
       </c>
       <c r="AB49" s="7">
         <v>100</v>
       </c>
       <c r="AC49" s="7">
         <v>100</v>
       </c>
       <c r="AD49" s="7">
         <v>100</v>
       </c>
       <c r="AE49" s="7">
         <v>100</v>
       </c>
       <c r="AF49" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="51" spans="1:32">
       <c r="A51" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B51" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>165</v>
+        <v>145</v>
       </c>
       <c r="D51" s="7" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="E51" s="7" t="s">
         <v>146</v>
       </c>
       <c r="F51" s="7" t="s">
+        <v>147</v>
+      </c>
+      <c r="G51" s="7" t="s">
         <v>38</v>
       </c>
-      <c r="G51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H51" s="7" t="s">
+        <v>169</v>
+      </c>
+      <c r="I51" s="7" t="s">
         <v>40</v>
       </c>
-      <c r="I51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J51" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="K51" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="K51" s="7" t="s">
+      <c r="L51" s="7" t="s">
         <v>136</v>
       </c>
-      <c r="L51" s="7" t="s">
+      <c r="M51" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="M51" s="7" t="s">
+      <c r="N51" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="N51" s="7" t="s">
+      <c r="O51" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="O51" s="7" t="s">
+      <c r="P51" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="P51" s="7" t="s">
+      <c r="Q51" s="7" t="s">
         <v>47</v>
       </c>
-      <c r="Q51" s="7" t="s">
+      <c r="R51" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="R51" s="7" t="s">
+      <c r="S51" s="7" t="s">
         <v>60</v>
       </c>
-      <c r="S51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="T51" s="7" t="s">
+        <v>182</v>
+      </c>
+      <c r="U51" s="7" t="s">
         <v>62</v>
       </c>
-      <c r="U51" s="7" t="s">
+      <c r="V51" s="7" t="s">
         <v>20</v>
       </c>
-      <c r="V51" s="7" t="s">
+      <c r="W51" s="7" t="s">
         <v>21</v>
       </c>
-      <c r="W51" s="7" t="s">
+      <c r="X51" s="7" t="s">
         <v>22</v>
       </c>
-      <c r="X51" s="7" t="s">
+      <c r="Y51" s="7" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
       <c r="Z51" s="7" t="s">
         <v>157</v>
       </c>
       <c r="AA51" s="7" t="s">
-        <v>183</v>
+        <v>158</v>
       </c>
       <c r="AB51" s="7" t="s">
+        <v>184</v>
+      </c>
+      <c r="AC51" s="7" t="s">
         <v>126</v>
       </c>
-      <c r="AC51" s="7" t="s">
+      <c r="AD51" s="7" t="s">
         <v>32</v>
       </c>
-      <c r="AD51" s="7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="AE51" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="AF51" s="7" t="s">
         <v>127</v>
-      </c>
-[...1 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="52" spans="1:32">
       <c r="B52" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C52" s="5">
+        <v>517</v>
+      </c>
+      <c r="D52" s="5">
         <v>515</v>
       </c>
-      <c r="D52" s="5">
+      <c r="E52" s="5">
         <v>592</v>
       </c>
-      <c r="E52" s="5">
+      <c r="F52" s="5">
         <v>542</v>
       </c>
-      <c r="F52" s="4">
+      <c r="G52" s="4">
         <v>437</v>
       </c>
-      <c r="G52" s="4">
+      <c r="H52" s="4">
         <v>441</v>
       </c>
-      <c r="H52" s="4">
+      <c r="I52" s="4">
         <v>453</v>
       </c>
-      <c r="I52" s="4">
+      <c r="J52" s="4">
         <v>486</v>
       </c>
-      <c r="J52" s="4">
+      <c r="K52" s="4">
         <v>453</v>
       </c>
-      <c r="K52" s="4">
+      <c r="L52" s="4">
         <v>438</v>
       </c>
-      <c r="L52" s="4">
+      <c r="M52" s="4">
         <v>466</v>
       </c>
-      <c r="M52" s="4">
+      <c r="N52" s="4">
         <v>435</v>
       </c>
-      <c r="N52" s="4">
+      <c r="O52" s="4">
         <v>460</v>
       </c>
-      <c r="O52" s="4">
+      <c r="P52" s="4">
         <v>432</v>
       </c>
-      <c r="P52" s="4">
+      <c r="Q52" s="4">
         <v>480</v>
       </c>
-      <c r="Q52" s="5">
+      <c r="R52" s="5">
         <v>541</v>
       </c>
-      <c r="R52" s="5">
+      <c r="S52" s="5">
         <v>542</v>
       </c>
-      <c r="S52" s="5">
+      <c r="T52" s="5">
         <v>517</v>
       </c>
-      <c r="T52" s="5">
+      <c r="U52" s="5">
         <v>483</v>
       </c>
-      <c r="U52" s="5">
+      <c r="V52" s="5">
         <v>509</v>
       </c>
-      <c r="V52" s="5">
+      <c r="W52" s="5">
         <v>558</v>
       </c>
-      <c r="W52" s="5">
+      <c r="X52" s="5">
         <v>536</v>
       </c>
-      <c r="X52" s="5">
+      <c r="Y52" s="5">
         <v>508</v>
       </c>
-      <c r="Y52" s="5">
+      <c r="Z52" s="5">
         <v>526</v>
       </c>
-      <c r="Z52" s="5">
+      <c r="AA52" s="5">
         <v>548</v>
       </c>
-      <c r="AA52" s="5">
+      <c r="AB52" s="5">
         <v>525</v>
       </c>
-      <c r="AB52" s="4">
+      <c r="AC52" s="4">
         <v>449</v>
       </c>
-      <c r="AC52" s="4">
+      <c r="AD52" s="4">
         <v>430</v>
       </c>
-      <c r="AD52" s="4">
+      <c r="AE52" s="4">
         <v>479</v>
       </c>
-      <c r="AE52" s="4">
+      <c r="AF52" s="4">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="53" spans="1:32">
       <c r="B53" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C53" s="5">
         <v>120</v>
       </c>
       <c r="D53" s="5">
         <v>120</v>
       </c>
       <c r="E53" s="5">
         <v>120</v>
       </c>
-      <c r="F53" s="7">
-        <v>100</v>
+      <c r="F53" s="5">
+        <v>120</v>
       </c>
       <c r="G53" s="7">
         <v>100</v>
       </c>
       <c r="H53" s="7">
         <v>100</v>
       </c>
       <c r="I53" s="7">
         <v>100</v>
       </c>
       <c r="J53" s="7">
         <v>100</v>
       </c>
       <c r="K53" s="7">
         <v>100</v>
       </c>
       <c r="L53" s="7">
         <v>100</v>
       </c>
       <c r="M53" s="7">
         <v>100</v>
       </c>
       <c r="N53" s="7">
         <v>100</v>
       </c>
       <c r="O53" s="7">
         <v>100</v>
       </c>
       <c r="P53" s="7">
         <v>100</v>
       </c>
-      <c r="Q53" s="5">
-        <v>120</v>
+      <c r="Q53" s="7">
+        <v>100</v>
       </c>
       <c r="R53" s="5">
         <v>120</v>
       </c>
       <c r="S53" s="5">
         <v>120</v>
       </c>
       <c r="T53" s="5">
         <v>120</v>
       </c>
       <c r="U53" s="5">
         <v>120</v>
       </c>
       <c r="V53" s="5">
         <v>120</v>
       </c>
       <c r="W53" s="5">
         <v>120</v>
       </c>
       <c r="X53" s="5">
         <v>120</v>
       </c>
       <c r="Y53" s="5">
         <v>120</v>
       </c>
       <c r="Z53" s="5">
         <v>120</v>
       </c>
       <c r="AA53" s="5">
         <v>120</v>
       </c>
-      <c r="AB53" s="7">
-        <v>100</v>
+      <c r="AB53" s="5">
+        <v>120</v>
       </c>
       <c r="AC53" s="7">
         <v>100</v>
       </c>
       <c r="AD53" s="7">
         <v>100</v>
       </c>
       <c r="AE53" s="7">
         <v>100</v>
       </c>
       <c r="AF53" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:32">
       <c r="A55" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="B55" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D55" s="7" t="s">
         <v>57</v>
       </c>
       <c r="E55" s="7" t="s">
         <v>78</v>
       </c>
       <c r="F55" s="7" t="s">
         <v>79</v>
       </c>
       <c r="G55" s="7" t="s">
         <v>80</v>
       </c>
       <c r="H55" s="7" t="s">
         <v>81</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>60</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>61</v>
       </c>
       <c r="K55" s="7" t="s">
         <v>82</v>
       </c>
       <c r="L55" s="7" t="s">
         <v>22</v>
       </c>
       <c r="M55" s="7" t="s">
         <v>23</v>
       </c>
       <c r="N55" s="7" t="s">
         <v>24</v>
       </c>
       <c r="O55" s="7" t="s">
         <v>25</v>
       </c>
       <c r="P55" s="7" t="s">
         <v>26</v>
       </c>
       <c r="Q55" s="7" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="R55" s="7" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="S55" s="7" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="T55" s="7" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="U55" s="7" t="s">
         <v>126</v>
       </c>
       <c r="V55" s="7" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="W55" s="7" t="s">
         <v>128</v>
       </c>
       <c r="X55" s="7" t="s">
         <v>130</v>
       </c>
       <c r="Y55" s="7" t="s">
         <v>133</v>
       </c>
       <c r="Z55" s="7" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="AA55" s="7" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="AB55" s="7" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="AC55" s="7" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="AD55" s="7" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="AE55" s="7" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="AF55" s="7" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="56" spans="1:32">
       <c r="B56" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C56" s="4">
         <v>432</v>
       </c>
       <c r="D56" s="5">
         <v>504</v>
       </c>
       <c r="E56" s="5">
         <v>521</v>
       </c>
       <c r="F56" s="5">
         <v>525</v>
       </c>
       <c r="G56" s="5">
         <v>550</v>
       </c>
       <c r="H56" s="5">
         <v>553</v>
       </c>
       <c r="I56" s="5">
@@ -5144,144 +5147,144 @@
       </c>
       <c r="Z57" s="7">
         <v>100</v>
       </c>
       <c r="AA57" s="7">
         <v>100</v>
       </c>
       <c r="AB57" s="7">
         <v>100</v>
       </c>
       <c r="AC57" s="7">
         <v>100</v>
       </c>
       <c r="AD57" s="7">
         <v>100</v>
       </c>
       <c r="AE57" s="7">
         <v>100</v>
       </c>
       <c r="AF57" s="7">
         <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:32">
       <c r="A59" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="B59" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C59" s="7" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="D59" s="7" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="E59" s="7" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="F59" s="7" t="s">
         <v>4</v>
       </c>
       <c r="G59" s="7" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H59" s="7" t="s">
         <v>7</v>
       </c>
       <c r="I59" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J59" s="7" t="s">
         <v>9</v>
       </c>
       <c r="K59" s="7" t="s">
         <v>10</v>
       </c>
       <c r="L59" s="7" t="s">
         <v>12</v>
       </c>
       <c r="M59" s="7" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="N59" s="7" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="O59" s="7" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="P59" s="7" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="Q59" s="7" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="R59" s="7" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="S59" s="7" t="s">
         <v>49</v>
       </c>
       <c r="T59" s="7" t="s">
         <v>50</v>
       </c>
       <c r="U59" s="7" t="s">
         <v>52</v>
       </c>
       <c r="V59" s="7" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="W59" s="7" t="s">
         <v>53</v>
       </c>
       <c r="X59" s="7" t="s">
         <v>54</v>
       </c>
       <c r="Y59" s="7" t="s">
         <v>57</v>
       </c>
       <c r="Z59" s="7" t="s">
         <v>58</v>
       </c>
       <c r="AA59" s="7" t="s">
         <v>59</v>
       </c>
       <c r="AB59" s="7" t="s">
         <v>80</v>
       </c>
       <c r="AC59" s="7" t="s">
         <v>81</v>
       </c>
       <c r="AD59" s="7" t="s">
         <v>60</v>
       </c>
       <c r="AE59" s="7" t="s">
         <v>61</v>
       </c>
       <c r="AF59" s="7" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
     </row>
     <row r="60" spans="1:32">
       <c r="B60" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C60" s="4">
         <v>447</v>
       </c>
       <c r="D60" s="4">
         <v>404</v>
       </c>
       <c r="E60" s="4">
         <v>392</v>
       </c>
       <c r="F60" s="4">
         <v>464</v>
       </c>
       <c r="G60" s="4">
         <v>417</v>
       </c>
       <c r="H60" s="4">
         <v>453</v>
       </c>
       <c r="I60" s="4">