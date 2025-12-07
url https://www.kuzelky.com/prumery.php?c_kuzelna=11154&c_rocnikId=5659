--- v0 (2025-12-05)
+++ v1 (2025-12-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="List1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>Výsledky hráčů družstva TJ Horní Benešov na kuželně  Horní Benešov</t>
   </si>
   <si>
     <t>Daniel Duškevič</t>
   </si>
   <si>
     <t>Datum:</t>
   </si>
   <si>
     <t>22.11.2025</t>
   </si>
   <si>
     <t>15.11.2025</t>
   </si>
   <si>
     <t>1.11.2025</t>
   </si>
   <si>
     <t>4.10.2025</t>
   </si>
   <si>
     <t>20.9.2025</t>
   </si>
   <si>
@@ -138,50 +138,53 @@
     <t>Výkon:</t>
   </si>
   <si>
     <t>Počet hodů:</t>
   </si>
   <si>
     <t>Vendula Žižková</t>
   </si>
   <si>
     <t>20.1.2019</t>
   </si>
   <si>
     <t>11.11.2018</t>
   </si>
   <si>
     <t>4.11.2018</t>
   </si>
   <si>
     <t>14.10.2018</t>
   </si>
   <si>
     <t>Štěpánka Monsportová</t>
   </si>
   <si>
     <t>Tobiáš Kučerka</t>
+  </si>
+  <si>
+    <t>6.12.2025</t>
   </si>
   <si>
     <t>29.11.2025</t>
   </si>
   <si>
     <t>8.11.2025</t>
   </si>
   <si>
     <t>9.10.2025</t>
   </si>
   <si>
     <t>27.9.2025</t>
   </si>
   <si>
     <t>29.3.2025</t>
   </si>
   <si>
     <t>15.3.2025</t>
   </si>
   <si>
     <t>8.2.2025</t>
   </si>
   <si>
     <t>16.11.2024</t>
   </si>
@@ -1115,54 +1118,54 @@
         <v>483</v>
       </c>
     </row>
     <row r="13" spans="1:32">
       <c r="B13" s="6" t="s">
         <v>34</v>
       </c>
       <c r="C13" s="5">
         <v>120</v>
       </c>
       <c r="D13" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="15" spans="1:32">
       <c r="A15" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E15" s="7" t="s">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="F15" s="7" t="s">
         <v>44</v>
       </c>
       <c r="G15" s="7" t="s">
         <v>45</v>
       </c>
       <c r="H15" s="7" t="s">
         <v>46</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>47</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>48</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>49</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>50</v>
       </c>
       <c r="M15" s="7" t="s">
         <v>51</v>
       </c>
@@ -1178,139 +1181,145 @@
       <c r="Q15" s="7" t="s">
         <v>55</v>
       </c>
       <c r="R15" s="7" t="s">
         <v>56</v>
       </c>
       <c r="S15" s="7" t="s">
         <v>57</v>
       </c>
       <c r="T15" s="7" t="s">
         <v>58</v>
       </c>
       <c r="U15" s="7" t="s">
         <v>59</v>
       </c>
       <c r="V15" s="7" t="s">
         <v>60</v>
       </c>
       <c r="W15" s="7" t="s">
         <v>61</v>
       </c>
       <c r="X15" s="7" t="s">
         <v>62</v>
       </c>
       <c r="Y15" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="Z15" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="Z15" s="7" t="s">
+      <c r="AA15" s="7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="16" spans="1:32">
       <c r="B16" s="6" t="s">
         <v>33</v>
       </c>
-      <c r="C16" s="4">
+      <c r="C16" s="5">
+        <v>589</v>
+      </c>
+      <c r="D16" s="4">
         <v>424</v>
       </c>
-      <c r="D16" s="4">
+      <c r="E16" s="4">
         <v>423</v>
       </c>
-      <c r="E16" s="4">
+      <c r="F16" s="4">
         <v>421</v>
       </c>
-      <c r="F16" s="4">
+      <c r="G16" s="4">
         <v>436</v>
       </c>
-      <c r="G16" s="4">
+      <c r="H16" s="4">
         <v>459</v>
       </c>
-      <c r="H16" s="4">
+      <c r="I16" s="4">
         <v>421</v>
       </c>
-      <c r="I16" s="4">
+      <c r="J16" s="4">
         <v>467</v>
       </c>
-      <c r="J16" s="4">
+      <c r="K16" s="4">
         <v>440</v>
       </c>
-      <c r="K16" s="4">
+      <c r="L16" s="4">
         <v>419</v>
       </c>
-      <c r="L16" s="4">
+      <c r="M16" s="4">
         <v>418</v>
       </c>
-      <c r="M16" s="4">
+      <c r="N16" s="4">
         <v>416</v>
       </c>
-      <c r="N16" s="4">
+      <c r="O16" s="4">
         <v>468</v>
       </c>
-      <c r="O16" s="4">
+      <c r="P16" s="4">
         <v>370</v>
       </c>
-      <c r="P16" s="4">
+      <c r="Q16" s="4">
         <v>430</v>
       </c>
-      <c r="Q16" s="4">
+      <c r="R16" s="4">
         <v>441</v>
       </c>
-      <c r="R16" s="4">
+      <c r="S16" s="4">
         <v>466</v>
       </c>
-      <c r="S16" s="4">
+      <c r="T16" s="4">
         <v>394</v>
       </c>
-      <c r="T16" s="4">
+      <c r="U16" s="4">
         <v>463</v>
       </c>
-      <c r="U16" s="4">
+      <c r="V16" s="4">
         <v>435</v>
       </c>
-      <c r="V16" s="4">
+      <c r="W16" s="4">
         <v>417</v>
       </c>
-      <c r="W16" s="4">
+      <c r="X16" s="4">
         <v>389</v>
       </c>
-      <c r="X16" s="4">
+      <c r="Y16" s="4">
         <v>406</v>
       </c>
-      <c r="Y16" s="5">
+      <c r="Z16" s="5">
         <v>434</v>
       </c>
-      <c r="Z16" s="5">
+      <c r="AA16" s="5">
         <v>459</v>
       </c>
     </row>
     <row r="17" spans="1:32">
       <c r="B17" s="6" t="s">
         <v>34</v>
       </c>
-      <c r="C17" s="7">
-        <v>100</v>
+      <c r="C17" s="5">
+        <v>120</v>
       </c>
       <c r="D17" s="7">
         <v>100</v>
       </c>
       <c r="E17" s="7">
         <v>100</v>
       </c>
       <c r="F17" s="7">
         <v>100</v>
       </c>
       <c r="G17" s="7">
         <v>100</v>
       </c>
       <c r="H17" s="7">
         <v>100</v>
       </c>
       <c r="I17" s="7">
         <v>100</v>
       </c>
       <c r="J17" s="7">
         <v>100</v>
       </c>
       <c r="K17" s="7">
         <v>100</v>
       </c>
@@ -1331,141 +1340,144 @@
       </c>
       <c r="Q17" s="7">
         <v>100</v>
       </c>
       <c r="R17" s="7">
         <v>100</v>
       </c>
       <c r="S17" s="7">
         <v>100</v>
       </c>
       <c r="T17" s="7">
         <v>100</v>
       </c>
       <c r="U17" s="7">
         <v>100</v>
       </c>
       <c r="V17" s="7">
         <v>100</v>
       </c>
       <c r="W17" s="7">
         <v>100</v>
       </c>
       <c r="X17" s="7">
         <v>100</v>
       </c>
-      <c r="Y17" s="5">
+      <c r="Y17" s="7">
+        <v>100</v>
+      </c>
+      <c r="Z17" s="5">
         <v>120</v>
       </c>
-      <c r="Z17" s="5">
+      <c r="AA17" s="5">
         <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:32">
       <c r="A19" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B19" s="6" t="s">
         <v>2</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="E19" s="7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F19" s="7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G19" s="7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H19" s="7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I19" s="7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="K19" s="7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L19" s="7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M19" s="7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="N19" s="7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="O19" s="7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="P19" s="7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="Q19" s="7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="R19" s="7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="S19" s="7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="T19" s="7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="U19" s="7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="V19" s="7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="W19" s="7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="X19" s="7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="Y19" s="7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="Z19" s="7" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="AA19" s="7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="AB19" s="7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="AC19" s="7" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20" spans="1:32">
       <c r="B20" s="6" t="s">
         <v>33</v>
       </c>
       <c r="C20" s="4">
         <v>444</v>
       </c>
       <c r="D20" s="4">
         <v>454</v>
       </c>
       <c r="E20" s="4">
         <v>425</v>
       </c>
       <c r="F20" s="4">
         <v>448</v>
       </c>
       <c r="G20" s="4">
         <v>419</v>
       </c>
       <c r="H20" s="4">